--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -767,51 +767,51 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>ГІРСЬКА ФІЛІЯ ГІРСЬКОГО ЛІЦЕЮ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ГІРСЬКА ФІЛІЯ ГІРСЬКОГО ЛІЦЕЮ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>142737</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Гірська філія Гірського ліцею</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
@@ -831,96 +831,96 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Гірське, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Первомайська, 88</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA44120010010055038</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Гірське</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(099)0666918</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>school15gorsk@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Зигуля Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>ГІРСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ГІРСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>137442</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Гірський ліцей</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -940,51 +940,51 @@
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Гірське, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Гагаріна, 19</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA44120010010055038</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Гірське</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(050)2277523</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>gorsk.osvita@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Кацинська Олена Вікторівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
@@ -1308,51 +1308,51 @@
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №16 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №16 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>140296</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>Золотівський ліцей №16</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -1372,100 +1372,100 @@
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>квартал Сонячний, 12</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(066)798-75-41</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>zolot.litsey16@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>http://zolote-bg.ucoz.ua/</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t> Заїка Володимир Миколайович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>137441</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>Золотівський ліцей №5</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -1485,96 +1485,96 @@
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
           <t>вулиця Михайла Коцюбинського, 28</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(095)723-24-65</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>school_5-1936@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
           <t>Директор Бабак Олена Михайлівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №14" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №14" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>140559</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>Золотівська філія № 14</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -1594,96 +1594,96 @@
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Театральна, 2А</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(095)897-36-31</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>school14-p@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Чеметьєва Алла Анатоліївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №7" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №7" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
         <v>138362</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>Золотівська філія №7</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -1703,51 +1703,51 @@
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
           <t>вулиця Кленова, 1</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(068)287-08-80</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>rodina7@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4"/>
       <c r="T14" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Єрємєєва Галина Олександрівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
@@ -2264,51 +2264,51 @@
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Мирна Долина</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Лисичанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(050)750-36-72</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>mirnodolinskaya@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>http://mirnodolinska-zosh.pp.ua/</t>
+          <t>https://sites.google.com/view/mirnodolinskylyceum</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
           <t>Директор Садовська Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2458,209 +2458,209 @@
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>смт Нижнє, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 16</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA44120010030016389</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Нижнє</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
           <t>(067)3165921</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
           <t>nvk35@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Федорова Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>НИЖНЄНСЬКИЙ ЛІЦЕЙ №36 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>НИЖНЄНСЬКИЙ ЛІЦЕЙ №36 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
         <v>140429</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>Нижнєнський ліцей №36</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>4423857700</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>смт Нижнє, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченко, 6</t>
+          <t>вулиця Леонтовича Миколи, 6</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA44120010030016389</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Нижнє</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>(097)9871368</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
           <t>nzoh36@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
           <t>http://school36.ucoz.ua</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
           <t>Директор Cоколова Ірина Сабирівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Новоіванівська філія Гірського ліцею Гірської міської територіальної громади Сєвєродонецького райрну Луганської області</t>
+          <t>Новоіванівська філія Гірського ліцею Гірської міської територіальної громади Сіверськодонецького райрну Луганської області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
         <v>142450</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>Новоіванівська філія Гірського ліцею</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -2680,96 +2680,96 @@
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>с. Новоіванівка, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
           <t>вулиця Первомайська, 1</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA44120070070098682</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Новоіванівка</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
           <t>(099)796-11-18</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
           <t>moja.shkola@ukr.net</t>
         </is>
       </c>
       <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Веренич Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>НОВОТОШКІВСЬКИЙ ЛІЦЕЙ №10 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>НОВОТОШКІВСЬКИЙ ЛІЦЕЙ №10 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
         <v>135993</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>Новотошківський ліцей № 10</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -2789,51 +2789,51 @@
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>смт Новотошківське, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
           <t>вулиця Олега Ватажка, 10</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA44120010040031625</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Новотошківське</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(095)1572497</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
           <t>uvk10@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4"/>
       <c r="T24" s="4" t="inlineStr">
         <is>
           <t>Директор Згурська Олена Володимирівна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
@@ -2898,51 +2898,51 @@
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>с. Оріхове, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 2</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA44120010090031968</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Оріхове</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(064)7431100</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4"/>
       <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Коваленко Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
@@ -3019,51 +3019,51 @@
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(06474)20490</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
           <t>popasnaya_school_1@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>first-school.ucoz.com</t>
+          <t>https://sites.google.com/view/kulitsey1/</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Синиченко Тетяна Василівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3132,51 +3132,51 @@
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(06474)20061</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
           <t>gim.20@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>http://gimnazia20.ucoz.com</t>
+          <t>https://sites.google.com/view/popasna-lyceum20/</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
           <t>Директор Терпелюк Олена Григорівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3213,116 +3213,116 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>4423810100</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Попасна, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>провулок Лермонтова, 14</t>
+          <t>провулок Мистецький, 14</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA44120070010080343</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
           <t>(06474)21380</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
           <t>school24popasnay@ukr.net</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://school-24.ucoz.ua/</t>
+          <t>https://sites.google.com/view/lyceum24</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Груздо Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>ПОПАСНЯНСЬКИЙ ЛІЦЕЙ №25 ПОПАСНЯНСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ПОПАСНЯНСЬКИЙ ЛІЦЕЙ №25 ПОПАСНЯНСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
         <v>140956</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>Попаснянський ліцей №25</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -3469,82 +3469,86 @@
           <t>UA44120070010080343</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
           <t>(06474)20242</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
           <t>school21popasnaya@ukr.net</t>
         </is>
       </c>
-      <c r="S30" s="4"/>
+      <c r="S30" s="4" t="inlineStr">
+        <is>
+          <t>http://popasna-school21.lg.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
           <t>Директор Устенко Марина Георгіївна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>ТОШКІВСЬКА ГІМНАЗІЯ №23 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ТОШКІВСЬКА ГІМНАЗІЯ №23 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
         <v>140430</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>Тошківська гімназія № 23</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -3564,96 +3568,96 @@
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>смт Тошківка, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1а</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA44120010050088526</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Тошківка</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
           <t>(095)7385505</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
           <t>toshkivskazosh23@ukr.net</t>
         </is>
       </c>
       <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
           <t>Директор Соколов Михайло Сергійович</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>ТОШКІВСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ТОШКІВСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
         <v>140297</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>Тошківський ліцей</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -3673,51 +3677,51 @@
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>смт Тошківка, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
           <t>квартал Миколи Цуприка, 5б</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA44120010050088526</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Тошківка</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
           <t>(050)1802766</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
           <t>toshkivka_school-22@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
           <t>https://toshkivkaschool-22.wixsite.com/nvk-znz-dnz/pro-nas</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
           <t>Директор Черкасс Володимир Михайлович</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>