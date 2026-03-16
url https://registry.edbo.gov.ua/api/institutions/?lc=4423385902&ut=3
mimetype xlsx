--- v0 (2025-12-26)
+++ v1 (2026-03-16)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Булавинівка, Новопсковський район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Айдарська, 11</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44140090020077825</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Старобільський р-н, с. Булавинівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Новопсковської селищної ради</t>
+          <t>Відділ освіти Айдарської селищної ради Старобільського району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06463)96430, (099)4544766</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bulavinzosh@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://bulavinschool.e-schools.info</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Ганага Ірина Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>