--- v0 (2025-11-03)
+++ v1 (2026-03-16)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Осинове, Новопсковський район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Слобожанська, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44140090120061289</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Старобільський р-н, с. Осинове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Новопсковської селищної ради</t>
+          <t>Відділ освіти Айдарської селищної ради Старобільського району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06463)94792</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>osin1zosh@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Літвінов Микола Васильович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
@@ -492,51 +492,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Осинове, Новопсковський район, Луганська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Лісна, 2А</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA44140090120061289</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Старобільський р-н, с. Осинове</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Новопсковської селищної ради</t>
+          <t>Відділ освіти Айдарської селищної ради Старобільського району Луганської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(06364)92138</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>osin2zosh@i.ua</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://osynove-school2.lg.sch.in.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Мазнєва Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>