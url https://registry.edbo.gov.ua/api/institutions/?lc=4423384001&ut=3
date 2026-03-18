--- v0 (2025-12-19)
+++ v1 (2026-03-18)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Новорозсош, Новопсковський район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Ювілейна, 17</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44140090110040068</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Старобільський р-н, с. Плотина</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Новопсковської селищної ради</t>
+          <t>Відділ освіти Айдарської селищної ради Старобільського району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(099)0362703</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nvrschol@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Петрушова Наталія Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">