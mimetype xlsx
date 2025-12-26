--- v0 (2025-11-04)
+++ v1 (2025-12-26)
@@ -507,51 +507,51 @@
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA44160030010058180</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Щастинський р-н, с-ще Новоайдар</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Новоайдарської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(066)8902100</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>aidar-school@i.ua</t>
+          <t>lyceumnov@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://novoaidarschool.e-schools.info</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Євдокимова Олена Володимирівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>