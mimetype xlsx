--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -872,51 +872,51 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Кримська філія Гірського ліцею Гірської міської територіальної громади Сєвєродонецького району Луганської області</t>
+          <t>Кримська філія Гірського ліцею Гірської міської територіальної громади Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>143558</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>НВК Кримська ЗОШ-ДНЗ</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -936,51 +936,51 @@
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с. Кримське, Новоайдарський район, Луганська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 27</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA44120010080081317</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Кримське</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(095)2052376</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>bugera2015@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Бугера Ірина Вікторівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
@@ -1387,51 +1387,51 @@
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA44160030010058180</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Щастинський р-н, с-ще Новоайдар</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Новоайдарської селищної ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(066)8902100</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>aidar-school@i.ua</t>
+          <t>lyceumnov@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>https://novoaidarschool.e-schools.info</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Євдокимова Олена Володимирівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>