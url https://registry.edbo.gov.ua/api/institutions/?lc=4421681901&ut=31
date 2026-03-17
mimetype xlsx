--- v0 (2025-11-03)
+++ v1 (2026-03-17)
@@ -337,114 +337,110 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад дошкільної освіти (дитячий садок) № 10 "Лісова казка" Сєвєродонецького району Луганської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>165523</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>КЗДО № 10</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4421681901</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Кудряшівка, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Гагаріна, 28</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44120090080096929</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Кудряшівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської ради Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(066)2383800</t>
+          <t>(050)9722091</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
-      <c r="R2" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Макайда Галина Вікторівна</t>
+          <t>В.о. директора Терещенко Марина Геннадіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>