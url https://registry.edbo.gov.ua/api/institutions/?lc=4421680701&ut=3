--- v0 (2025-11-07)
+++ v1 (2025-12-26)
@@ -337,97 +337,97 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Булгаківська гімназія Сєвєродонецького району Луганської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>136503</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Булгаківська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4421680701</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Булгаківка, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 32-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44120090020050301</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Булгаківка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06454)9-95-40</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bulgakovkanvk@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Кривякін Олександр Юрійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">