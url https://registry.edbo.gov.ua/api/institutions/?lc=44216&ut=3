--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>ФІЛІЯ "БАРАНИКІВСЬКА ГІМНАЗІЯ" КОМУНАЛЬНОГО ЗАКЛАДУ "КРАСНОРІЧЕНСЬКИЙ ЛІЦЕЙ" КРАСНОРІЧЕНСЬКОЇ СЕЛИЩНОЇ РАДИ СВАТІВСЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>Бараниківська філія Красноріченського ліцею Красноріченської селищної ради Луганської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>136133</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Філія Бараниківська гімназія</t>
+          <t>Бараниківська філія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4421680201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
@@ -450,97 +450,97 @@
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Булгаківська гімназія Сєвєродонецького району Луганської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>136503</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Булгаківська гімназія</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>4421680701</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Булгаківка, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 32-А</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA44120090020050301</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Булгаківка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(06454)9-95-40</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>bulgakovkanvk@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Кривякін Олександр Юрійович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
@@ -559,97 +559,97 @@
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Варварівський ліцей Рубіжанської міської ради Луганської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>136155</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Варварівський ліцей</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>4421681001</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Варварівка, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Соборна, 1 Б</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA44120090030042016</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Варварівка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(06454)95730</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>varvarivskazosh2013@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>https://varvarivskazosh.e-schools.info/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Мещерякова Олена Борисівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
@@ -672,97 +672,97 @@
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Голубівська гімназія Сєвєродонецького району Луганської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>136200</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Голубівська гімназія</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>4421681301</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>с. Голубівка, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 14</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA44120090040099167</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Голубівка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(06454)99420</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>golubivka.school.krem@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://golubivkaschool.ucoz.net</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Шутько Василина Володимирівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
@@ -955,51 +955,51 @@
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA44120030090092224</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Житлівка</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Кремінської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(06454)98556</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>jitlzosh@i.ua</t>
+          <t>shkola1krem@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://zhytlivka-zosh.lg.sch.in.ua/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Коваленко Лілія Павлівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2030,180 +2030,180 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>4421610100</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Кремінна, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мічуріна, 18</t>
+          <t>вулиця Сагайдачного, 18</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA44120030010038707</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Кремінна</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Луганської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(050)6725248</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
           <t>milliceum@gmail.com</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>http://Lugakadet.com.ua</t>
+          <t>https://lugakadet.in.ua</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
           <t>Начальник Ємбаков Валерій Євгенович</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
           <t>Кудряшівська гімназія Сєвєродонецького району Луганської області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
         <v>136829</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>Кудряшівська гімназія</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>4421681901</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>с. Кудряшівка, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 18</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA44120090080096929</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Кудряшівка</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(06454)95-6-25</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>kudryashivka.school@gmail.com</t>
         </is>
       </c>
       <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
           <t>Директор Сухаревська Інна Євгеніївна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">