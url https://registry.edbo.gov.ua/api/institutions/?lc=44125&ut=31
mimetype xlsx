--- v0 (2025-11-03)
+++ v1 (2026-03-17)
@@ -383,277 +383,277 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Смирнова, 25</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської ради Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(064)5362506</t>
+          <t>(066)4345497</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>rkdnz1@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://dnz1rubizhne.klasna.com/uk/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Дзюбан Олена Дмитрівна</t>
+          <t>В.о. директора Артюх Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад дошкільної освіти (ясла-садок) № 2 "Журавка" Рубіжанської міської ради Луганської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>165724</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>КЗДО № 2</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Б. Хмельницького, 91</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської ради Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(064)5363825</t>
+          <t>(050)143-85-16</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>kdnz_2@ukr.net</t>
+          <t>rkzdo222grv@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://zhuravkarub.klasna.com/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Купцова Ольга Володимирівна</t>
+          <t>В.о. директора Мельниченко Юлія Петрівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад дошкільної освіти (ясла-садок) № 3 "Барвінок" Рубіжанської міської ради Луганської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>165725</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>КЗДО № 3</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Б. Хмельницького, 103А</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської ради Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(064)5363829</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>kdnz_3@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://sad3rub.klasna.com</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Майська Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
@@ -676,97 +676,97 @@
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад дошкільної освіти (ясла-садок) № 8 "Дюймовочка" Рубіжанської міської ради Луганської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>165730</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>КЗДО № 8</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Б. Хмельницького, 92</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської ради Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(064)5363050</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>kdou8@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>dou8.klasna.com</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Бойченко Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
@@ -789,215 +789,215 @@
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу № 4 "Русалонька" Рубіжанської міської ради Луганської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>165726</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>КЗДО № 4</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця 30років Перемоги, 2А</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської ради Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(064)5370170</t>
+          <t>(066)6150397</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>kdnz_4@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://sad4rub.klasna.com/</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткаченко Ірина Олександрівна</t>
+          <t>В.о. директора Резниченко Юлія Миколаївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу № 5 "Любисток" Рубіжанської міської ради Луганської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>165727</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>КЗДО № 5</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Володимирська, 49А</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської ради Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(064)5361163</t>
+          <t>(066)5492545</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>Lubistok_5@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://lybistok5rub.klasna.com</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Волох Марина Михайлівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
@@ -1015,97 +1015,97 @@
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу № 6 "Яблучко" Рубіжанської міської ради Луганської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>165728</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>КЗДО № 6</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Кутузова, 6</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської ради Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(050)9388558</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>yablo4ko_kdnz6@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://rubizhne-dnz6.edukit.lg.ua/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Жигаліна Галина Іванівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
@@ -1174,72 +1174,72 @@
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>проспект Переможців, 35А</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської ради Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(064)5363921</t>
+          <t>(050)4740748</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>rkdnz007@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>http://sad7rub.klasna.com</t>
+          <t>https://sites.google.com/view/ksdo007</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Поспєлова Ольга Семенівна</t>
+          <t>В.о. директора Парасотка Віталія Муллаянівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
@@ -1287,72 +1287,72 @@
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Володимирська, 45Г</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської ради Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(064)5370425</t>
+          <t>(066)0516657</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>kdnz9_rub@ukr.net</t>
+          <t>kzdo9delfin@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://delfin9kdnz.klasna.com/</t>
+          <t>https://sites.google.com/view/kzdo9-delfin-rub/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Панькова Наталія Володимирівна</t>
+          <t>Директор Дейнега Анастасія Андріївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
   </sheetData>