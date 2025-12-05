--- v0 (2025-10-16)
+++ v1 (2025-12-05)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця В.Сосюри, 9</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(06453)63969</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>knvk_rub@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://knvk5rub.klasna.com/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Кузнєцова Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -496,72 +496,72 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Студентська, 30</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(06453)63930</t>
+          <t>(095)6164089</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>school3rub@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://www.megavukladach.wixsite.com/rubschool3</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Катралєєв Михайло Сергійович</t>
+          <t>В.о. директора Катралєєв Михайло Сергійович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
@@ -609,67 +609,67 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Чехова, 3</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(06453)93598</t>
+          <t>(099)3031489</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>zosh.4@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>http://rubizhne-school4.edukit.lg.ua/news/</t>
+          <t>https://rubg4.eddy.school/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Житлова Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -722,67 +722,67 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Будівельників, 28</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(06453)71373, (06453)70376</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>rub_school_10@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>http://rubizhne-school10.klasna.com/</t>
+          <t>https://rubizhne-school10.jimdofree.com/</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Морозко Світлана Євгенівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -928,83 +928,83 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мєндєлєєва, 35</t>
+          <t>вулиця Менделєєва, 35</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(06453)76823</t>
+          <t>(095)4184910</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>rub_liceum@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>https://licey-rubigne.wixsite.com/licey</t>
+          <t>http://rubizhne-lyceum.lg.sch.in.ua/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Євсєєва Людмила Борисівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1057,51 +1057,51 @@
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 20</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(06453)72010</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>mira20school9@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://rubizhne-school9.klasna.com/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Дорохова Віра Валеріївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
@@ -1279,51 +1279,51 @@
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>проспект Переможців, 28</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(06453)76082</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>expsh2@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>https://rubizhne-school2.e-schools.info</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>Директор Ошнек Олександр Анатолійович</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
@@ -1392,51 +1392,51 @@
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Визволителів, 53</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(06453)6-38-51</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>edu.school7@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>http://rub_school7.klasna.com/</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Горбушина Ірина Вікторівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>