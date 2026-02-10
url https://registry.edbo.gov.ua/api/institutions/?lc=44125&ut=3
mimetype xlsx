--- v1 (2025-12-05)
+++ v2 (2026-02-10)
@@ -337,102 +337,102 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Гімназія № 1 міста Рубіжного Луганської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>142002</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Гімназія № 1 міста Рубіжного</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця В.Сосюри, 9</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(06453)63969</t>
+          <t>(095)5325470</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>knvk_rub@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://knvk5rub.klasna.com/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Кузнєцова Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
@@ -1011,118 +1011,114 @@
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Рубіжанська загальноосвітня школа І-ІІІ ступенів №9 Рубіжанської міської ради Луганської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>143877</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>ЗШ №9</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 20</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(06453)72010</t>
+          <t>(066)3112443</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>mira20school9@ukr.net</t>
         </is>
       </c>
-      <c r="S8" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Дорохова Віра Валеріївна</t>
+          <t>В.о. директора Чакмін Дмитро Володимирович</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1233,231 +1229,223 @@
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>РУБІЖАНСЬКА СПЕЦІАЛІЗОВАНА ШКОЛА І-ІІІ СТУПЕНІВ №2 РУБІЖАНСЬКОЇ МІСЬКОЇ РАДИ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>143539</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>СШ № 2</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>проспект Переможців, 28</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(06453)76082</t>
+          <t>(050)2303372</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>expsh2@gmail.com</t>
         </is>
       </c>
-      <c r="S10" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Ошнек Олександр Анатолійович</t>
+          <t>В.о. директора Гончаренко Елеонора Юріївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>РУБІЖАНСЬКА СПЕЦІАЛІЗОВАНА ШКОЛА І-ІІІ СТУПЕНІВ №7 РУБІЖАНСЬКОЇ МІСЬКОЇ РАДИ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>142168</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>СШ № 7</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Визволителів, 53</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(06453)6-38-51</t>
+          <t>(099)4940658</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>edu.school7@ukr.net</t>
         </is>
       </c>
-      <c r="S11" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Горбушина Ірина Вікторівна</t>
+          <t>В.о. директора Гавришова Наталія Федорівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
   </sheetData>