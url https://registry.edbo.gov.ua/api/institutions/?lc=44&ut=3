--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -2865,51 +2865,51 @@
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
           <t>вулиця В.Сосюри, 9</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(06453)63969</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
           <t>knvk_rub@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
           <t>http://knvk5rub.klasna.com/</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Кузнєцова Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
@@ -2978,72 +2978,72 @@
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
           <t>вулиця Студентська, 30</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(06453)63930</t>
+          <t>(095)6164089</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
           <t>school3rub@ukr.net</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
           <t>http://www.megavukladach.wixsite.com/rubschool3</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Катралєєв Михайло Сергійович</t>
+          <t>В.о. директора Катралєєв Михайло Сергійович</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
@@ -3091,67 +3091,67 @@
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
           <t>вулиця Чехова, 3</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(06453)93598</t>
+          <t>(099)3031489</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
           <t>zosh.4@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>http://rubizhne-school4.edukit.lg.ua/news/</t>
+          <t>https://rubg4.eddy.school/</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Житлова Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3204,67 +3204,67 @@
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
           <t>вулиця Будівельників, 28</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(06453)71373, (06453)70376</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
           <t>rub_school_10@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>http://rubizhne-school10.klasna.com/</t>
+          <t>https://rubizhne-school10.jimdofree.com/</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
           <t>Директор Морозко Світлана Євгенівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3410,83 +3410,83 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мєндєлєєва, 35</t>
+          <t>вулиця Менделєєва, 35</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(06453)76823</t>
+          <t>(095)4184910</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
           <t>rub_liceum@ukr.net</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
-          <t>https://licey-rubigne.wixsite.com/licey</t>
+          <t>http://rubizhne-lyceum.lg.sch.in.ua/</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
           <t>Директор Євсєєва Людмила Борисівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3539,51 +3539,51 @@
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 20</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
           <t>(06453)72010</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
           <t>mira20school9@ukr.net</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
           <t>http://rubizhne-school9.klasna.com/</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Дорохова Віра Валеріївна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
@@ -3761,51 +3761,51 @@
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
           <t>проспект Переможців, 28</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
           <t>(06453)76082</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
           <t>expsh2@gmail.com</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
           <t>https://rubizhne-school2.e-schools.info</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
           <t>Директор Ошнек Олександр Анатолійович</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
@@ -3874,51 +3874,51 @@
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
           <t>вулиця Визволителів, 53</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
           <t>(06453)6-38-51</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
           <t>edu.school7@ukr.net</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
           <t>http://rub_school7.klasna.com/</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
           <t>Директор Горбушина Ірина Вікторівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
@@ -6849,254 +6849,254 @@
       <c r="U59" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>БАРАНИКІВСЬКИЙ ЛІЦЕЙ БІЛОВОДСЬКОЇ СЕЛИЩНОЇ РАДИ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>Бараниківська філія Красноріченського ліцею Красноріченської селищної ради Луганської області</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
-        <v>135296</v>
+        <v>136133</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>БАРАНИКІВСЬКИЙ ЛІЦЕЙ</t>
+          <t>Бараниківська філія</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
-          <t>4420681101</t>
+          <t>4421680201</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
-          <t>с. Бараниківка, Біловодський район, Луганська область</t>
+          <t>с. Бараниківка, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K60" s="4" t="inlineStr">
         <is>
-          <t>вулиця ім. Юрченка П.А., 21</t>
+          <t>квартал Гагаріна, 5</t>
         </is>
       </c>
       <c r="L60" s="6" t="inlineStr">
         <is>
-          <t>UA44140010020074070</t>
+          <t>UA44100050020042680</t>
         </is>
       </c>
       <c r="M60" s="4" t="inlineStr">
         <is>
-          <t>Луганська обл., Старобільський р-н, с. Бараниківка</t>
+          <t>Луганська обл., Сватівський р-н, с. Бараниківка</t>
         </is>
       </c>
       <c r="N60" s="7"/>
       <c r="O60" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Біловодської селищної ради Луганської області</t>
+          <t>ВІДДІЛ ОСВІТИ, КУЛЬТУРИ, МОЛОДІ ТА СПОРТУ КРАСНОРІЧЕНСЬКОЇ СЕЛИЩНОЇ РАДИ СВАТІВСЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P60" s="4" t="inlineStr">
         <is>
-          <t>(050)0257629</t>
+          <t>(06454)9-62-37</t>
         </is>
       </c>
       <c r="Q60" s="4"/>
       <c r="R60" s="4" t="inlineStr">
         <is>
-          <t>valentinasevcenko400@gmail.com</t>
+          <t>baranikovka@gmail.com</t>
         </is>
       </c>
       <c r="S60" s="4" t="inlineStr">
         <is>
-          <t>https://baranikivkazosh.e-schools.info/</t>
+          <t>http://baranikovka.at.ua</t>
         </is>
       </c>
       <c r="T60" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Валентина Василівна</t>
+          <t>Завідувач філією Шишлак Ганна Василівна</t>
         </is>
       </c>
       <c r="U60" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>ФІЛІЯ "БАРАНИКІВСЬКА ГІМНАЗІЯ" КОМУНАЛЬНОГО ЗАКЛАДУ "КРАСНОРІЧЕНСЬКИЙ ЛІЦЕЙ" КРАСНОРІЧЕНСЬКОЇ СЕЛИЩНОЇ РАДИ СВАТІВСЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>БАРАНИКІВСЬКИЙ ЛІЦЕЙ БІЛОВОДСЬКОЇ СЕЛИЩНОЇ РАДИ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B61" s="5" t="n">
-        <v>136133</v>
+        <v>135296</v>
       </c>
       <c r="C61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>Філія Бараниківська гімназія</t>
+          <t>БАРАНИКІВСЬКИЙ ЛІЦЕЙ</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
-          <t>4421680201</t>
+          <t>4420681101</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
-          <t>с. Бараниківка, Кремінський район, Луганська область</t>
+          <t>с. Бараниківка, Біловодський район, Луганська область</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>квартал Гагаріна, 5</t>
+          <t>вулиця ім. Юрченка П.А., 21</t>
         </is>
       </c>
       <c r="L61" s="6" t="inlineStr">
         <is>
-          <t>UA44100050020042680</t>
+          <t>UA44140010020074070</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
-          <t>Луганська обл., Сватівський р-н, с. Бараниківка</t>
+          <t>Луганська обл., Старобільський р-н, с. Бараниківка</t>
         </is>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="4" t="inlineStr">
         <is>
-          <t>ВІДДІЛ ОСВІТИ, КУЛЬТУРИ, МОЛОДІ ТА СПОРТУ КРАСНОРІЧЕНСЬКОЇ СЕЛИЩНОЇ РАДИ СВАТІВСЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>Відділ освіти виконавчого комітету Біловодської селищної ради Луганської області</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
-          <t>(06454)9-62-37</t>
+          <t>(050)0257629</t>
         </is>
       </c>
       <c r="Q61" s="4"/>
       <c r="R61" s="4" t="inlineStr">
         <is>
-          <t>baranikovka@gmail.com</t>
+          <t>valentinasevcenko400@gmail.com</t>
         </is>
       </c>
       <c r="S61" s="4" t="inlineStr">
         <is>
-          <t>http://baranikovka.at.ua</t>
+          <t>https://baranikivkazosh.e-schools.info/</t>
         </is>
       </c>
       <c r="T61" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Шишлак Ганна Василівна</t>
+          <t>Директор Шевченко Валентина Василівна</t>
         </is>
       </c>
       <c r="U61" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
           <t>Бахмутівський ліцей Новоайдарської селищної ради</t>
         </is>
       </c>
@@ -8463,51 +8463,51 @@
         </is>
       </c>
       <c r="J74" s="4" t="inlineStr">
         <is>
           <t>с. Булгаківка, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K74" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 32-А</t>
         </is>
       </c>
       <c r="L74" s="6" t="inlineStr">
         <is>
           <t>UA44120090020050301</t>
         </is>
       </c>
       <c r="M74" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Булгаківка</t>
         </is>
       </c>
       <c r="N74" s="7"/>
       <c r="O74" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P74" s="4" t="inlineStr">
         <is>
           <t>(06454)9-95-40</t>
         </is>
       </c>
       <c r="Q74" s="4"/>
       <c r="R74" s="4" t="inlineStr">
         <is>
           <t>bulgakovkanvk@gmail.com</t>
         </is>
       </c>
       <c r="S74" s="4"/>
       <c r="T74" s="4" t="inlineStr">
         <is>
           <t>Директор Кривякін Олександр Юрійович</t>
         </is>
       </c>
       <c r="U74" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V74" s="6" t="inlineStr">
@@ -8903,51 +8903,51 @@
         </is>
       </c>
       <c r="J78" s="4" t="inlineStr">
         <is>
           <t>с. Варварівка, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K78" s="4" t="inlineStr">
         <is>
           <t>вулиця Соборна, 1 Б</t>
         </is>
       </c>
       <c r="L78" s="6" t="inlineStr">
         <is>
           <t>UA44120090030042016</t>
         </is>
       </c>
       <c r="M78" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Варварівка</t>
         </is>
       </c>
       <c r="N78" s="7"/>
       <c r="O78" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P78" s="4" t="inlineStr">
         <is>
           <t>(06454)95730</t>
         </is>
       </c>
       <c r="Q78" s="4"/>
       <c r="R78" s="4" t="inlineStr">
         <is>
           <t>varvarivskazosh2013@gmail.com</t>
         </is>
       </c>
       <c r="S78" s="4" t="inlineStr">
         <is>
           <t>https://varvarivskazosh.e-schools.info/</t>
         </is>
       </c>
       <c r="T78" s="4" t="inlineStr">
         <is>
           <t>Директор Мещерякова Олена Борисівна</t>
         </is>
       </c>
       <c r="U78" s="6" t="inlineStr">
         <is>
@@ -11103,51 +11103,51 @@
         </is>
       </c>
       <c r="J98" s="4" t="inlineStr">
         <is>
           <t>с. Голубівка, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K98" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 14</t>
         </is>
       </c>
       <c r="L98" s="6" t="inlineStr">
         <is>
           <t>UA44120090040099167</t>
         </is>
       </c>
       <c r="M98" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Голубівка</t>
         </is>
       </c>
       <c r="N98" s="7"/>
       <c r="O98" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P98" s="4" t="inlineStr">
         <is>
           <t>(06454)99420</t>
         </is>
       </c>
       <c r="Q98" s="4"/>
       <c r="R98" s="4" t="inlineStr">
         <is>
           <t>golubivka.school.krem@ukr.net</t>
         </is>
       </c>
       <c r="S98" s="4" t="inlineStr">
         <is>
           <t>http://golubivkaschool.ucoz.net</t>
         </is>
       </c>
       <c r="T98" s="4" t="inlineStr">
         <is>
           <t>Директор Шутько Василина Володимирівна</t>
         </is>
       </c>
       <c r="U98" s="6" t="inlineStr">
         <is>
@@ -12442,51 +12442,51 @@
       </c>
       <c r="L110" s="6" t="inlineStr">
         <is>
           <t>UA44120030090092224</t>
         </is>
       </c>
       <c r="M110" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Житлівка</t>
         </is>
       </c>
       <c r="N110" s="7"/>
       <c r="O110" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Кремінської міської ради</t>
         </is>
       </c>
       <c r="P110" s="4" t="inlineStr">
         <is>
           <t>(06454)98556</t>
         </is>
       </c>
       <c r="Q110" s="4"/>
       <c r="R110" s="4" t="inlineStr">
         <is>
-          <t>jitlzosh@i.ua</t>
+          <t>shkola1krem@gmail.com</t>
         </is>
       </c>
       <c r="S110" s="4" t="inlineStr">
         <is>
           <t>http://zhytlivka-zosh.lg.sch.in.ua/</t>
         </is>
       </c>
       <c r="T110" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Коваленко Лілія Павлівна</t>
         </is>
       </c>
       <c r="U110" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -16379,83 +16379,83 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G146" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H146" s="6" t="inlineStr">
         <is>
           <t>4421610100</t>
         </is>
       </c>
       <c r="I146" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J146" s="4" t="inlineStr">
         <is>
           <t>Кремінна, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K146" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мічуріна, 18</t>
+          <t>вулиця Сагайдачного, 18</t>
         </is>
       </c>
       <c r="L146" s="6" t="inlineStr">
         <is>
           <t>UA44120030010038707</t>
         </is>
       </c>
       <c r="M146" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Кремінна</t>
         </is>
       </c>
       <c r="N146" s="7"/>
       <c r="O146" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Луганської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P146" s="4" t="inlineStr">
         <is>
           <t>(050)6725248</t>
         </is>
       </c>
       <c r="Q146" s="4"/>
       <c r="R146" s="4" t="inlineStr">
         <is>
           <t>milliceum@gmail.com</t>
         </is>
       </c>
       <c r="S146" s="4" t="inlineStr">
         <is>
-          <t>http://Lugakadet.com.ua</t>
+          <t>https://lugakadet.in.ua</t>
         </is>
       </c>
       <c r="T146" s="4" t="inlineStr">
         <is>
           <t>Начальник Ємбаков Валерій Євгенович</t>
         </is>
       </c>
       <c r="U146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -16734,51 +16734,51 @@
         </is>
       </c>
       <c r="J149" s="4" t="inlineStr">
         <is>
           <t>с. Кудряшівка, Кремінський район, Луганська область</t>
         </is>
       </c>
       <c r="K149" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 18</t>
         </is>
       </c>
       <c r="L149" s="6" t="inlineStr">
         <is>
           <t>UA44120090080096929</t>
         </is>
       </c>
       <c r="M149" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Кудряшівка</t>
         </is>
       </c>
       <c r="N149" s="7"/>
       <c r="O149" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської військової адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P149" s="4" t="inlineStr">
         <is>
           <t>(06454)95-6-25</t>
         </is>
       </c>
       <c r="Q149" s="4"/>
       <c r="R149" s="4" t="inlineStr">
         <is>
           <t>kudryashivka.school@gmail.com</t>
         </is>
       </c>
       <c r="S149" s="4"/>
       <c r="T149" s="4" t="inlineStr">
         <is>
           <t>Директор Сухаревська Інна Євгеніївна</t>
         </is>
       </c>
       <c r="U149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V149" s="6" t="inlineStr">