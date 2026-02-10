--- v1 (2025-12-07)
+++ v2 (2026-02-10)
@@ -2819,102 +2819,102 @@
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
           <t>Гімназія № 1 міста Рубіжного Луганської області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
         <v>142002</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>Гімназія № 1 міста Рубіжного</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
           <t>вулиця В.Сосюри, 9</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(06453)63969</t>
+          <t>(095)5325470</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
           <t>knvk_rub@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
           <t>http://knvk5rub.klasna.com/</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Кузнєцова Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
@@ -3493,118 +3493,114 @@
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
           <t>Рубіжанська загальноосвітня школа І-ІІІ ступенів №9 Рубіжанської міської ради Луганської області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
         <v>143877</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>ЗШ №9</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 20</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(06453)72010</t>
+          <t>(066)3112443</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
           <t>mira20school9@ukr.net</t>
         </is>
       </c>
-      <c r="S30" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S30" s="4"/>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Дорохова Віра Валеріївна</t>
+          <t>В.о. директора Чакмін Дмитро Володимирович</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
@@ -3715,231 +3711,223 @@
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
           <t>РУБІЖАНСЬКА СПЕЦІАЛІЗОВАНА ШКОЛА І-ІІІ СТУПЕНІВ №2 РУБІЖАНСЬКОЇ МІСЬКОЇ РАДИ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
         <v>143539</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>СШ № 2</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
           <t>проспект Переможців, 28</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(06453)76082</t>
+          <t>(050)2303372</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
           <t>expsh2@gmail.com</t>
         </is>
       </c>
-      <c r="S32" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Ошнек Олександр Анатолійович</t>
+          <t>В.о. директора Гончаренко Елеонора Юріївна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
           <t>РУБІЖАНСЬКА СПЕЦІАЛІЗОВАНА ШКОЛА І-ІІІ СТУПЕНІВ №7 РУБІЖАНСЬКОЇ МІСЬКОЇ РАДИ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
         <v>142168</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>СШ № 7</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>4412500000</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Рубіжне, Луганська область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
           <t>вулиця Визволителів, 53</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(06453)6-38-51</t>
+          <t>(099)4940658</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
           <t>edu.school7@ukr.net</t>
         </is>
       </c>
-      <c r="S33" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S33" s="4"/>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Горбушина Ірина Вікторівна</t>
+          <t>В.о. директора Гавришова Наталія Федорівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
@@ -6582,51 +6570,51 @@
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
           <t>с. Арапівка, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 8</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
           <t>UA44100130030044428</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Арапівка</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
           <t>(06456)93-4-07</t>
         </is>
       </c>
       <c r="Q57" s="4"/>
       <c r="R57" s="4" t="inlineStr">
         <is>
           <t>shkola.arapovka@ukr.net</t>
         </is>
       </c>
       <c r="S57" s="4"/>
       <c r="T57" s="4" t="inlineStr">
         <is>
           <t>Директор Кирильчук Долина Станіславівна</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
@@ -6800,51 +6788,51 @@
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>с. Багачка, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 38</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
           <t>UA44100130050060624</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Багачка</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
           <t>(06456)99455</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
       <c r="R59" s="4" t="inlineStr">
         <is>
           <t>bagachkaskoll@ukr.net</t>
         </is>
       </c>
       <c r="S59" s="4" t="inlineStr">
         <is>
           <t>http://bagachka-school.lg.sch.in.ua</t>
         </is>
       </c>
       <c r="T59" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Сердюк Лідія Василівна</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
@@ -8417,51 +8405,51 @@
         </is>
       </c>
       <c r="Y73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="4" t="inlineStr">
         <is>
           <t>Булгаківська гімназія Сєвєродонецького району Луганської області</t>
         </is>
       </c>
       <c r="B74" s="5" t="n">
         <v>136503</v>
       </c>
       <c r="C74" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>Булгаківська гімназія</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G74" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H74" s="6" t="inlineStr">
         <is>
           <t>4421680701</t>
         </is>
       </c>
       <c r="I74" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J74" s="4" t="inlineStr">
         <is>
           <t>с. Булгаківка, Кремінський район, Луганська область</t>
@@ -8857,51 +8845,51 @@
         </is>
       </c>
       <c r="Y77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="4" t="inlineStr">
         <is>
           <t>Варварівський ліцей Рубіжанської міської ради Луганської області</t>
         </is>
       </c>
       <c r="B78" s="5" t="n">
         <v>136155</v>
       </c>
       <c r="C78" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>Варварівський ліцей</t>
         </is>
       </c>
       <c r="E78" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G78" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H78" s="6" t="inlineStr">
         <is>
           <t>4421681001</t>
         </is>
       </c>
       <c r="I78" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J78" s="4" t="inlineStr">
         <is>
           <t>с. Варварівка, Кремінський район, Луганська область</t>
@@ -10441,51 +10429,51 @@
         </is>
       </c>
       <c r="J92" s="4" t="inlineStr">
         <is>
           <t>с. Воєводське, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K92" s="4" t="inlineStr">
         <is>
           <t>вулиця Т.Г.Шевченка, 6а</t>
         </is>
       </c>
       <c r="L92" s="6" t="inlineStr">
         <is>
           <t>UA44100130090039510</t>
         </is>
       </c>
       <c r="M92" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Воєводське</t>
         </is>
       </c>
       <c r="N92" s="7"/>
       <c r="O92" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P92" s="4" t="inlineStr">
         <is>
           <t>(06456)94136</t>
         </is>
       </c>
       <c r="Q92" s="4"/>
       <c r="R92" s="4" t="inlineStr">
         <is>
           <t>voschool@ukr.net</t>
         </is>
       </c>
       <c r="S92" s="4"/>
       <c r="T92" s="4" t="inlineStr">
         <is>
           <t>Директор Решетняк Галина Миколаївна</t>
         </is>
       </c>
       <c r="U92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V92" s="6" t="inlineStr">
@@ -10821,51 +10809,51 @@
       <c r="U95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y95" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="4" t="inlineStr">
         <is>
-          <t>ГІРСЬКА ФІЛІЯ ГІРСЬКОГО ЛІЦЕЮ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ГІРСЬКА ФІЛІЯ ГІРСЬКОГО ЛІЦЕЮ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B96" s="5" t="n">
         <v>142737</v>
       </c>
       <c r="C96" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>Гірська філія Гірського ліцею</t>
         </is>
       </c>
       <c r="E96" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
@@ -10885,96 +10873,96 @@
         </is>
       </c>
       <c r="J96" s="4" t="inlineStr">
         <is>
           <t>Гірське, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K96" s="4" t="inlineStr">
         <is>
           <t>вулиця Первомайська, 88</t>
         </is>
       </c>
       <c r="L96" s="6" t="inlineStr">
         <is>
           <t>UA44120010010055038</t>
         </is>
       </c>
       <c r="M96" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Гірське</t>
         </is>
       </c>
       <c r="N96" s="7"/>
       <c r="O96" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P96" s="4" t="inlineStr">
         <is>
           <t>(099)0666918</t>
         </is>
       </c>
       <c r="Q96" s="4"/>
       <c r="R96" s="4" t="inlineStr">
         <is>
           <t>school15gorsk@ukr.net</t>
         </is>
       </c>
       <c r="S96" s="4"/>
       <c r="T96" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Зигуля Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U96" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y96" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="4" t="inlineStr">
         <is>
-          <t>ГІРСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ГІРСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B97" s="5" t="n">
         <v>137442</v>
       </c>
       <c r="C97" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>Гірський ліцей</t>
         </is>
       </c>
       <c r="E97" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -10994,51 +10982,51 @@
         </is>
       </c>
       <c r="J97" s="4" t="inlineStr">
         <is>
           <t>Гірське, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K97" s="4" t="inlineStr">
         <is>
           <t>вулиця Гагаріна, 19</t>
         </is>
       </c>
       <c r="L97" s="6" t="inlineStr">
         <is>
           <t>UA44120010010055038</t>
         </is>
       </c>
       <c r="M97" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Гірське</t>
         </is>
       </c>
       <c r="N97" s="7"/>
       <c r="O97" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P97" s="4" t="inlineStr">
         <is>
           <t>(050)2277523</t>
         </is>
       </c>
       <c r="Q97" s="4"/>
       <c r="R97" s="4" t="inlineStr">
         <is>
           <t>gorsk.osvita@ukr.net</t>
         </is>
       </c>
       <c r="S97" s="4"/>
       <c r="T97" s="4" t="inlineStr">
         <is>
           <t>Директор Кацинська Олена Вікторівна</t>
         </is>
       </c>
       <c r="U97" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V97" s="6" t="inlineStr">
@@ -11057,51 +11045,51 @@
         </is>
       </c>
       <c r="Y97" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="4" t="inlineStr">
         <is>
           <t>Голубівська гімназія Сєвєродонецького району Луганської області</t>
         </is>
       </c>
       <c r="B98" s="5" t="n">
         <v>136200</v>
       </c>
       <c r="C98" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>Голубівська гімназія</t>
         </is>
       </c>
       <c r="E98" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G98" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H98" s="6" t="inlineStr">
         <is>
           <t>4421681301</t>
         </is>
       </c>
       <c r="I98" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J98" s="4" t="inlineStr">
         <is>
           <t>с. Голубівка, Кремінський район, Луганська область</t>
@@ -11765,51 +11753,51 @@
         </is>
       </c>
       <c r="J104" s="4" t="inlineStr">
         <is>
           <t>с. Демино-Олександрівка, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K104" s="4" t="inlineStr">
         <is>
           <t>провулок Річковий, 16</t>
         </is>
       </c>
       <c r="L104" s="6" t="inlineStr">
         <is>
           <t>UA44100130120064737</t>
         </is>
       </c>
       <c r="M104" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Демино-Олександрівка</t>
         </is>
       </c>
       <c r="N104" s="7"/>
       <c r="O104" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P104" s="4" t="inlineStr">
         <is>
           <t>(06456)94322</t>
         </is>
       </c>
       <c r="Q104" s="4"/>
       <c r="R104" s="4" t="inlineStr">
         <is>
           <t>deminoschool@ukr.net</t>
         </is>
       </c>
       <c r="S104" s="4"/>
       <c r="T104" s="4" t="inlineStr">
         <is>
           <t>Директор Бєлодєдова Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V104" s="6" t="inlineStr">
@@ -13029,51 +13017,51 @@
       <c r="U115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y115" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="4" t="inlineStr">
         <is>
-          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №16 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №16 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B116" s="5" t="n">
         <v>140296</v>
       </c>
       <c r="C116" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>Золотівський ліцей №16</t>
         </is>
       </c>
       <c r="E116" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -13093,100 +13081,100 @@
         </is>
       </c>
       <c r="J116" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K116" s="4" t="inlineStr">
         <is>
           <t>квартал Сонячний, 12</t>
         </is>
       </c>
       <c r="L116" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M116" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N116" s="7"/>
       <c r="O116" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P116" s="4" t="inlineStr">
         <is>
           <t>(066)798-75-41</t>
         </is>
       </c>
       <c r="Q116" s="4"/>
       <c r="R116" s="4" t="inlineStr">
         <is>
           <t>zolot.litsey16@gmail.com</t>
         </is>
       </c>
       <c r="S116" s="4" t="inlineStr">
         <is>
           <t>http://zolote-bg.ucoz.ua/</t>
         </is>
       </c>
       <c r="T116" s="4" t="inlineStr">
         <is>
           <t> Заїка Володимир Миколайович</t>
         </is>
       </c>
       <c r="U116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y116" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="4" t="inlineStr">
         <is>
-          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ЗОЛОТІВСЬКИЙ ЛІЦЕЙ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B117" s="5" t="n">
         <v>137441</v>
       </c>
       <c r="C117" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>Золотівський ліцей №5</t>
         </is>
       </c>
       <c r="E117" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -13206,96 +13194,96 @@
         </is>
       </c>
       <c r="J117" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K117" s="4" t="inlineStr">
         <is>
           <t>вулиця Михайла Коцюбинського, 28</t>
         </is>
       </c>
       <c r="L117" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M117" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N117" s="7"/>
       <c r="O117" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P117" s="4" t="inlineStr">
         <is>
           <t>(095)723-24-65</t>
         </is>
       </c>
       <c r="Q117" s="4"/>
       <c r="R117" s="4" t="inlineStr">
         <is>
           <t>school_5-1936@ukr.net</t>
         </is>
       </c>
       <c r="S117" s="4"/>
       <c r="T117" s="4" t="inlineStr">
         <is>
           <t>Директор Бабак Олена Михайлівна</t>
         </is>
       </c>
       <c r="U117" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y117" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="4" t="inlineStr">
         <is>
-          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №14" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №14" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B118" s="5" t="n">
         <v>140559</v>
       </c>
       <c r="C118" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>Золотівська філія № 14</t>
         </is>
       </c>
       <c r="E118" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -13315,96 +13303,96 @@
         </is>
       </c>
       <c r="J118" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K118" s="4" t="inlineStr">
         <is>
           <t>вулиця Театральна, 2А</t>
         </is>
       </c>
       <c r="L118" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M118" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N118" s="7"/>
       <c r="O118" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P118" s="4" t="inlineStr">
         <is>
           <t>(095)897-36-31</t>
         </is>
       </c>
       <c r="Q118" s="4"/>
       <c r="R118" s="4" t="inlineStr">
         <is>
           <t>school14-p@ukr.net</t>
         </is>
       </c>
       <c r="S118" s="4"/>
       <c r="T118" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Чеметьєва Алла Анатоліївна</t>
         </is>
       </c>
       <c r="U118" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y118" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="4" t="inlineStr">
         <is>
-          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №7" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ФІЛІЯ "ЗОЛОТІВСЬКА ГІМНАЗІЯ №7" ЗОЛОТІВСЬКОГО ЛІЦЕЮ №5 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B119" s="5" t="n">
         <v>138362</v>
       </c>
       <c r="C119" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>Золотівська філія №7</t>
         </is>
       </c>
       <c r="E119" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -13424,51 +13412,51 @@
         </is>
       </c>
       <c r="J119" s="4" t="inlineStr">
         <is>
           <t>Золоте, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K119" s="4" t="inlineStr">
         <is>
           <t>вулиця Кленова, 1</t>
         </is>
       </c>
       <c r="L119" s="6" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M119" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Золоте</t>
         </is>
       </c>
       <c r="N119" s="7"/>
       <c r="O119" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P119" s="4" t="inlineStr">
         <is>
           <t>(068)287-08-80</t>
         </is>
       </c>
       <c r="Q119" s="4"/>
       <c r="R119" s="4" t="inlineStr">
         <is>
           <t>rodina7@ukr.net</t>
         </is>
       </c>
       <c r="S119" s="4"/>
       <c r="T119" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Єрємєєва Галина Олександрівна</t>
         </is>
       </c>
       <c r="U119" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V119" s="6" t="inlineStr">
@@ -16561,51 +16549,51 @@
       <c r="U147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V147" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y147" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="4" t="inlineStr">
         <is>
-          <t>Кримська філія Гірського ліцею Гірської міської територіальної громади Сєвєродонецького району Луганської області</t>
+          <t>Кримська філія Гірського ліцею Гірської міської територіальної громади Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="B148" s="5" t="n">
         <v>143558</v>
       </c>
       <c r="C148" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>НВК Кримська ЗОШ-ДНЗ</t>
         </is>
       </c>
       <c r="E148" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -16625,51 +16613,51 @@
         </is>
       </c>
       <c r="J148" s="4" t="inlineStr">
         <is>
           <t>с. Кримське, Новоайдарський район, Луганська область</t>
         </is>
       </c>
       <c r="K148" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 27</t>
         </is>
       </c>
       <c r="L148" s="6" t="inlineStr">
         <is>
           <t>UA44120010080081317</t>
         </is>
       </c>
       <c r="M148" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Кримське</t>
         </is>
       </c>
       <c r="N148" s="7"/>
       <c r="O148" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P148" s="4" t="inlineStr">
         <is>
           <t>(095)2052376</t>
         </is>
       </c>
       <c r="Q148" s="4"/>
       <c r="R148" s="4" t="inlineStr">
         <is>
           <t>bugera2015@ukr.net</t>
         </is>
       </c>
       <c r="S148" s="4"/>
       <c r="T148" s="4" t="inlineStr">
         <is>
           <t>Директор Бугера Ірина Вікторівна</t>
         </is>
       </c>
       <c r="U148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V148" s="6" t="inlineStr">
@@ -16688,51 +16676,51 @@
         </is>
       </c>
       <c r="Y148" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="4" t="inlineStr">
         <is>
           <t>Кудряшівська гімназія Сєвєродонецького району Луганської області</t>
         </is>
       </c>
       <c r="B149" s="5" t="n">
         <v>136829</v>
       </c>
       <c r="C149" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>Кудряшівська гімназія</t>
         </is>
       </c>
       <c r="E149" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G149" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H149" s="6" t="inlineStr">
         <is>
           <t>4421681901</t>
         </is>
       </c>
       <c r="I149" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J149" s="4" t="inlineStr">
         <is>
           <t>с. Кудряшівка, Кремінський район, Луганська область</t>
@@ -17291,51 +17279,51 @@
         </is>
       </c>
       <c r="J154" s="4" t="inlineStr">
         <is>
           <t>с. Лантратівка, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K154" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L154" s="6" t="inlineStr">
         <is>
           <t>UA44100130250037770</t>
         </is>
       </c>
       <c r="M154" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Лантратівка</t>
         </is>
       </c>
       <c r="N154" s="7"/>
       <c r="O154" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P154" s="4" t="inlineStr">
         <is>
           <t>(06456)94724</t>
         </is>
       </c>
       <c r="Q154" s="4"/>
       <c r="R154" s="4" t="inlineStr">
         <is>
           <t>lantratovka_school@ukr.net</t>
         </is>
       </c>
       <c r="S154" s="4"/>
       <c r="T154" s="4" t="inlineStr">
         <is>
           <t>Директор Гойник Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V154" s="6" t="inlineStr">
@@ -18962,51 +18950,51 @@
       </c>
       <c r="M169" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Мирна Долина</t>
         </is>
       </c>
       <c r="N169" s="7"/>
       <c r="O169" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Лисичанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P169" s="4" t="inlineStr">
         <is>
           <t>(050)750-36-72</t>
         </is>
       </c>
       <c r="Q169" s="4"/>
       <c r="R169" s="4" t="inlineStr">
         <is>
           <t>mirnodolinskaya@ukr.net</t>
         </is>
       </c>
       <c r="S169" s="4" t="inlineStr">
         <is>
-          <t>http://mirnodolinska-zosh.pp.ua/</t>
+          <t>https://sites.google.com/view/mirnodolinskylyceum</t>
         </is>
       </c>
       <c r="T169" s="4" t="inlineStr">
         <is>
           <t>Директор Садовська Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -20585,160 +20573,160 @@
         </is>
       </c>
       <c r="J184" s="4" t="inlineStr">
         <is>
           <t>смт Нижнє, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K184" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 16</t>
         </is>
       </c>
       <c r="L184" s="6" t="inlineStr">
         <is>
           <t>UA44120010030016389</t>
         </is>
       </c>
       <c r="M184" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Нижнє</t>
         </is>
       </c>
       <c r="N184" s="7"/>
       <c r="O184" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P184" s="4" t="inlineStr">
         <is>
           <t>(067)3165921</t>
         </is>
       </c>
       <c r="Q184" s="4"/>
       <c r="R184" s="4" t="inlineStr">
         <is>
           <t>nvk35@ukr.net</t>
         </is>
       </c>
       <c r="S184" s="4"/>
       <c r="T184" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Федорова Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y184" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="4" t="inlineStr">
         <is>
-          <t>НИЖНЄНСЬКИЙ ЛІЦЕЙ №36 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>НИЖНЄНСЬКИЙ ЛІЦЕЙ №36 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B185" s="5" t="n">
         <v>140429</v>
       </c>
       <c r="C185" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>Нижнєнський ліцей №36</t>
         </is>
       </c>
       <c r="E185" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G185" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H185" s="6" t="inlineStr">
         <is>
           <t>4423857700</t>
         </is>
       </c>
       <c r="I185" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J185" s="4" t="inlineStr">
         <is>
           <t>смт Нижнє, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K185" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченко, 6</t>
+          <t>вулиця Леонтовича Миколи, 6</t>
         </is>
       </c>
       <c r="L185" s="6" t="inlineStr">
         <is>
           <t>UA44120010030016389</t>
         </is>
       </c>
       <c r="M185" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Нижнє</t>
         </is>
       </c>
       <c r="N185" s="7"/>
       <c r="O185" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P185" s="4" t="inlineStr">
         <is>
           <t>(097)9871368</t>
         </is>
       </c>
       <c r="Q185" s="4"/>
       <c r="R185" s="4" t="inlineStr">
         <is>
           <t>nzoh36@ukr.net</t>
         </is>
       </c>
       <c r="S185" s="4" t="inlineStr">
         <is>
           <t>http://school36.ucoz.ua</t>
         </is>
       </c>
       <c r="T185" s="4" t="inlineStr">
         <is>
           <t>Директор Cоколова Ірина Сабирівна</t>
         </is>
       </c>
       <c r="U185" s="6" t="inlineStr">
         <is>
@@ -21492,51 +21480,51 @@
       </c>
       <c r="L192" s="6" t="inlineStr">
         <is>
           <t>UA44160030010058180</t>
         </is>
       </c>
       <c r="M192" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Щастинський р-н, с-ще Новоайдар</t>
         </is>
       </c>
       <c r="N192" s="7"/>
       <c r="O192" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Новоайдарської селищної ради</t>
         </is>
       </c>
       <c r="P192" s="4" t="inlineStr">
         <is>
           <t>(066)8902100</t>
         </is>
       </c>
       <c r="Q192" s="4"/>
       <c r="R192" s="4" t="inlineStr">
         <is>
-          <t>aidar-school@i.ua</t>
+          <t>lyceumnov@ukr.net</t>
         </is>
       </c>
       <c r="S192" s="4" t="inlineStr">
         <is>
           <t>https://novoaidarschool.e-schools.info</t>
         </is>
       </c>
       <c r="T192" s="4" t="inlineStr">
         <is>
           <t>Директор Євдокимова Олена Володимирівна</t>
         </is>
       </c>
       <c r="U192" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -21816,96 +21804,96 @@
         </is>
       </c>
       <c r="J195" s="4" t="inlineStr">
         <is>
           <t>с. Новознам'янка, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K195" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 18</t>
         </is>
       </c>
       <c r="L195" s="6" t="inlineStr">
         <is>
           <t>UA44100130300069381</t>
         </is>
       </c>
       <c r="M195" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Новознам’янка</t>
         </is>
       </c>
       <c r="N195" s="7"/>
       <c r="O195" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P195" s="4" t="inlineStr">
         <is>
           <t>(06456)95441</t>
         </is>
       </c>
       <c r="Q195" s="4"/>
       <c r="R195" s="4" t="inlineStr">
         <is>
           <t>nskaschool@ukr.net</t>
         </is>
       </c>
       <c r="S195" s="4"/>
       <c r="T195" s="4" t="inlineStr">
         <is>
           <t>Директор Євсюкова Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V195" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y195" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="4" t="inlineStr">
         <is>
-          <t>Новоіванівська філія Гірського ліцею Гірської міської територіальної громади Сєвєродонецького райрну Луганської області</t>
+          <t>Новоіванівська філія Гірського ліцею Гірської міської територіальної громади Сіверськодонецького райрну Луганської області</t>
         </is>
       </c>
       <c r="B196" s="5" t="n">
         <v>142450</v>
       </c>
       <c r="C196" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>Новоіванівська філія Гірського ліцею</t>
         </is>
       </c>
       <c r="E196" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -21925,51 +21913,51 @@
         </is>
       </c>
       <c r="J196" s="4" t="inlineStr">
         <is>
           <t>с. Новоіванівка, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K196" s="4" t="inlineStr">
         <is>
           <t>вулиця Первомайська, 1</t>
         </is>
       </c>
       <c r="L196" s="6" t="inlineStr">
         <is>
           <t>UA44120070070098682</t>
         </is>
       </c>
       <c r="M196" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Новоіванівка</t>
         </is>
       </c>
       <c r="N196" s="7"/>
       <c r="O196" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P196" s="4" t="inlineStr">
         <is>
           <t>(099)796-11-18</t>
         </is>
       </c>
       <c r="Q196" s="4"/>
       <c r="R196" s="4" t="inlineStr">
         <is>
           <t>moja.shkola@ukr.net</t>
         </is>
       </c>
       <c r="S196" s="4"/>
       <c r="T196" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Веренич Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U196" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V196" s="6" t="inlineStr">
@@ -22967,51 +22955,51 @@
       <c r="U205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V205" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y205" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="4" t="inlineStr">
         <is>
-          <t>НОВОТОШКІВСЬКИЙ ЛІЦЕЙ №10 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>НОВОТОШКІВСЬКИЙ ЛІЦЕЙ №10 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B206" s="5" t="n">
         <v>135993</v>
       </c>
       <c r="C206" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>Новотошківський ліцей № 10</t>
         </is>
       </c>
       <c r="E206" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -23031,51 +23019,51 @@
         </is>
       </c>
       <c r="J206" s="4" t="inlineStr">
         <is>
           <t>смт Новотошківське, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K206" s="4" t="inlineStr">
         <is>
           <t>вулиця Олега Ватажка, 10</t>
         </is>
       </c>
       <c r="L206" s="6" t="inlineStr">
         <is>
           <t>UA44120010040031625</t>
         </is>
       </c>
       <c r="M206" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Новотошківське</t>
         </is>
       </c>
       <c r="N206" s="7"/>
       <c r="O206" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P206" s="4" t="inlineStr">
         <is>
           <t>(095)1572497</t>
         </is>
       </c>
       <c r="Q206" s="4"/>
       <c r="R206" s="4" t="inlineStr">
         <is>
           <t>uvk10@ukr.net</t>
         </is>
       </c>
       <c r="S206" s="4"/>
       <c r="T206" s="4" t="inlineStr">
         <is>
           <t>Директор Згурська Олена Володимирівна</t>
         </is>
       </c>
       <c r="U206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V206" s="6" t="inlineStr">
@@ -23685,51 +23673,51 @@
         </is>
       </c>
       <c r="J212" s="4" t="inlineStr">
         <is>
           <t>с. Оріхове, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K212" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 2</t>
         </is>
       </c>
       <c r="L212" s="6" t="inlineStr">
         <is>
           <t>UA44120010090031968</t>
         </is>
       </c>
       <c r="M212" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с. Оріхове</t>
         </is>
       </c>
       <c r="N212" s="7"/>
       <c r="O212" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P212" s="4" t="inlineStr">
         <is>
           <t>(064)7431100</t>
         </is>
       </c>
       <c r="Q212" s="4"/>
       <c r="R212" s="4"/>
       <c r="S212" s="4"/>
       <c r="T212" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Коваленко Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V212" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
@@ -25332,51 +25320,51 @@
         </is>
       </c>
       <c r="J227" s="4" t="inlineStr">
         <is>
           <t>с. Покровське, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K227" s="4" t="inlineStr">
         <is>
           <t>вулиця Слобожанська, 77</t>
         </is>
       </c>
       <c r="L227" s="6" t="inlineStr">
         <is>
           <t>UA44100130330086167</t>
         </is>
       </c>
       <c r="M227" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Покровське</t>
         </is>
       </c>
       <c r="N227" s="7"/>
       <c r="O227" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P227" s="4" t="inlineStr">
         <is>
           <t>(06456)93440</t>
         </is>
       </c>
       <c r="Q227" s="4"/>
       <c r="R227" s="4" t="inlineStr">
         <is>
           <t>zosh_pokrovsk@ukr.net</t>
         </is>
       </c>
       <c r="S227" s="4" t="inlineStr">
         <is>
           <t>http://zoshpokrovsk.at.ua</t>
         </is>
       </c>
       <c r="T227" s="4" t="inlineStr">
         <is>
           <t>Директор Ходикіна Любов Миколаївна</t>
         </is>
       </c>
       <c r="U227" s="6" t="inlineStr">
         <is>
@@ -25574,51 +25562,51 @@
       </c>
       <c r="M229" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N229" s="7"/>
       <c r="O229" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P229" s="4" t="inlineStr">
         <is>
           <t>(06474)20490</t>
         </is>
       </c>
       <c r="Q229" s="4"/>
       <c r="R229" s="4" t="inlineStr">
         <is>
           <t>popasnaya_school_1@ukr.net</t>
         </is>
       </c>
       <c r="S229" s="4" t="inlineStr">
         <is>
-          <t>first-school.ucoz.com</t>
+          <t>https://sites.google.com/view/kulitsey1/</t>
         </is>
       </c>
       <c r="T229" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Синиченко Тетяна Василівна</t>
         </is>
       </c>
       <c r="U229" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X229" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -25687,51 +25675,51 @@
       </c>
       <c r="M230" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N230" s="7"/>
       <c r="O230" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P230" s="4" t="inlineStr">
         <is>
           <t>(06474)20061</t>
         </is>
       </c>
       <c r="Q230" s="4"/>
       <c r="R230" s="4" t="inlineStr">
         <is>
           <t>gim.20@ukr.net</t>
         </is>
       </c>
       <c r="S230" s="4" t="inlineStr">
         <is>
-          <t>http://gimnazia20.ucoz.com</t>
+          <t>https://sites.google.com/view/popasna-lyceum20/</t>
         </is>
       </c>
       <c r="T230" s="4" t="inlineStr">
         <is>
           <t>Директор Терпелюк Олена Григорівна</t>
         </is>
       </c>
       <c r="U230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -25768,116 +25756,116 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G231" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H231" s="6" t="inlineStr">
         <is>
           <t>4423810100</t>
         </is>
       </c>
       <c r="I231" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J231" s="4" t="inlineStr">
         <is>
           <t>Попасна, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K231" s="4" t="inlineStr">
         <is>
-          <t>провулок Лермонтова, 14</t>
+          <t>провулок Мистецький, 14</t>
         </is>
       </c>
       <c r="L231" s="6" t="inlineStr">
         <is>
           <t>UA44120070010080343</t>
         </is>
       </c>
       <c r="M231" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N231" s="7"/>
       <c r="O231" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P231" s="4" t="inlineStr">
         <is>
           <t>(06474)21380</t>
         </is>
       </c>
       <c r="Q231" s="4"/>
       <c r="R231" s="4" t="inlineStr">
         <is>
           <t>school24popasnay@ukr.net</t>
         </is>
       </c>
       <c r="S231" s="4" t="inlineStr">
         <is>
-          <t>http://school-24.ucoz.ua/</t>
+          <t>https://sites.google.com/view/lyceum24</t>
         </is>
       </c>
       <c r="T231" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Груздо Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y231" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="4" t="inlineStr">
         <is>
-          <t>ПОПАСНЯНСЬКИЙ ЛІЦЕЙ №25 ПОПАСНЯНСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ПОПАСНЯНСЬКИЙ ЛІЦЕЙ №25 ПОПАСНЯНСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B232" s="5" t="n">
         <v>140956</v>
       </c>
       <c r="C232" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>Попаснянський ліцей №25</t>
         </is>
       </c>
       <c r="E232" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -26024,51 +26012,55 @@
           <t>UA44120070010080343</t>
         </is>
       </c>
       <c r="M233" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, м. Попасна</t>
         </is>
       </c>
       <c r="N233" s="7"/>
       <c r="O233" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Попаснянської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P233" s="4" t="inlineStr">
         <is>
           <t>(06474)20242</t>
         </is>
       </c>
       <c r="Q233" s="4"/>
       <c r="R233" s="4" t="inlineStr">
         <is>
           <t>school21popasnaya@ukr.net</t>
         </is>
       </c>
-      <c r="S233" s="4"/>
+      <c r="S233" s="4" t="inlineStr">
+        <is>
+          <t>http://popasna-school21.lg.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T233" s="4" t="inlineStr">
         <is>
           <t>Директор Устенко Марина Георгіївна</t>
         </is>
       </c>
       <c r="U233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -27100,51 +27092,51 @@
         </is>
       </c>
       <c r="J243" s="4" t="inlineStr">
         <is>
           <t>с. Розпасіївка, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K243" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 4</t>
         </is>
       </c>
       <c r="L243" s="6" t="inlineStr">
         <is>
           <t>UA44100130360014808</t>
         </is>
       </c>
       <c r="M243" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Розпасіївка</t>
         </is>
       </c>
       <c r="N243" s="7"/>
       <c r="O243" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P243" s="4" t="inlineStr">
         <is>
           <t>(06456)2-30-48</t>
         </is>
       </c>
       <c r="Q243" s="4"/>
       <c r="R243" s="4" t="inlineStr">
         <is>
           <t>raspas_school@ukr.net</t>
         </is>
       </c>
       <c r="S243" s="4"/>
       <c r="T243" s="4" t="inlineStr">
         <is>
           <t>Директор Борова Лариса Олександрівна</t>
         </is>
       </c>
       <c r="U243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V243" s="6" t="inlineStr">
@@ -27209,51 +27201,51 @@
         </is>
       </c>
       <c r="J244" s="4" t="inlineStr">
         <is>
           <t>с. Розсипне, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K244" s="4" t="inlineStr">
         <is>
           <t>вулиця ім. О.Г. Попугаєва, 3</t>
         </is>
       </c>
       <c r="L244" s="6" t="inlineStr">
         <is>
           <t>UA44100130370075431</t>
         </is>
       </c>
       <c r="M244" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Розсипне</t>
         </is>
       </c>
       <c r="N244" s="7"/>
       <c r="O244" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P244" s="4" t="inlineStr">
         <is>
           <t>(06456)95382</t>
         </is>
       </c>
       <c r="Q244" s="4"/>
       <c r="R244" s="4" t="inlineStr">
         <is>
           <t>rassypyanskayaschool@ukr.net</t>
         </is>
       </c>
       <c r="S244" s="4"/>
       <c r="T244" s="4" t="inlineStr">
         <is>
           <t>Директор Мазурова Віра Афанасіївна</t>
         </is>
       </c>
       <c r="U244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V244" s="6" t="inlineStr">
@@ -28420,51 +28412,51 @@
         </is>
       </c>
       <c r="J255" s="4" t="inlineStr">
         <is>
           <t>с. Сиротине, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K255" s="4" t="inlineStr">
         <is>
           <t>вулиця Садова, 1</t>
         </is>
       </c>
       <c r="L255" s="6" t="inlineStr">
         <is>
           <t>UA44100130380039423</t>
         </is>
       </c>
       <c r="M255" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Сиротине</t>
         </is>
       </c>
       <c r="N255" s="7"/>
       <c r="O255" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P255" s="4" t="inlineStr">
         <is>
           <t>(06456)96-5-16</t>
         </is>
       </c>
       <c r="Q255" s="4"/>
       <c r="R255" s="4" t="inlineStr">
         <is>
           <t>sirotinoschool@ukr.net</t>
         </is>
       </c>
       <c r="S255" s="4"/>
       <c r="T255" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Лісоветська Світлана Іванівна</t>
         </is>
       </c>
       <c r="U255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V255" s="6" t="inlineStr">
@@ -30648,51 +30640,51 @@
         </is>
       </c>
       <c r="J275" s="4" t="inlineStr">
         <is>
           <t>с. Тимонове, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K275" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 7-а</t>
         </is>
       </c>
       <c r="L275" s="6" t="inlineStr">
         <is>
           <t>UA44100130410059616</t>
         </is>
       </c>
       <c r="M275" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Тимонове</t>
         </is>
       </c>
       <c r="N275" s="7"/>
       <c r="O275" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P275" s="4" t="inlineStr">
         <is>
           <t>(06456)94545</t>
         </is>
       </c>
       <c r="Q275" s="4"/>
       <c r="R275" s="4" t="inlineStr">
         <is>
           <t>timschool86@ukr.net</t>
         </is>
       </c>
       <c r="S275" s="4"/>
       <c r="T275" s="4" t="inlineStr">
         <is>
           <t>Директор Козлова Олена Петрівна</t>
         </is>
       </c>
       <c r="U275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V275" s="6" t="inlineStr">
@@ -30975,100 +30967,100 @@
         </is>
       </c>
       <c r="J278" s="4" t="inlineStr">
         <is>
           <t>с. Тополі, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K278" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 18</t>
         </is>
       </c>
       <c r="L278" s="6" t="inlineStr">
         <is>
           <t>UA44100130420067961</t>
         </is>
       </c>
       <c r="M278" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Тополі</t>
         </is>
       </c>
       <c r="N278" s="7"/>
       <c r="O278" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P278" s="4" t="inlineStr">
         <is>
           <t>(06456)95540</t>
         </is>
       </c>
       <c r="Q278" s="4"/>
       <c r="R278" s="4" t="inlineStr">
         <is>
           <t>topolishcola@ukr.net</t>
         </is>
       </c>
       <c r="S278" s="4" t="inlineStr">
         <is>
           <t>topolischool.in.ua</t>
         </is>
       </c>
       <c r="T278" s="4" t="inlineStr">
         <is>
           <t>Директор Рущенко Олена Богданівна</t>
         </is>
       </c>
       <c r="U278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V278" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y278" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="4" t="inlineStr">
         <is>
-          <t>ТОШКІВСЬКА ГІМНАЗІЯ №23 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ТОШКІВСЬКА ГІМНАЗІЯ №23 ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B279" s="5" t="n">
         <v>140430</v>
       </c>
       <c r="C279" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D279" s="4" t="inlineStr">
         <is>
           <t>Тошківська гімназія № 23</t>
         </is>
       </c>
       <c r="E279" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -31088,96 +31080,96 @@
         </is>
       </c>
       <c r="J279" s="4" t="inlineStr">
         <is>
           <t>смт Тошківка, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K279" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1а</t>
         </is>
       </c>
       <c r="L279" s="6" t="inlineStr">
         <is>
           <t>UA44120010050088526</t>
         </is>
       </c>
       <c r="M279" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Тошківка</t>
         </is>
       </c>
       <c r="N279" s="7"/>
       <c r="O279" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P279" s="4" t="inlineStr">
         <is>
           <t>(095)7385505</t>
         </is>
       </c>
       <c r="Q279" s="4"/>
       <c r="R279" s="4" t="inlineStr">
         <is>
           <t>toshkivskazosh23@ukr.net</t>
         </is>
       </c>
       <c r="S279" s="4"/>
       <c r="T279" s="4" t="inlineStr">
         <is>
           <t>Директор Соколов Михайло Сергійович</t>
         </is>
       </c>
       <c r="U279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y279" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="4" t="inlineStr">
         <is>
-          <t>ТОШКІВСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СЄВЄРОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
+          <t>ТОШКІВСЬКИЙ ЛІЦЕЙ ГІРСЬКОЇ МІСЬКОЇ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СІВЕРСЬКОДОНЕЦЬКОГО РАЙОНУ ЛУГАНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B280" s="5" t="n">
         <v>140297</v>
       </c>
       <c r="C280" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D280" s="4" t="inlineStr">
         <is>
           <t>Тошківський ліцей</t>
         </is>
       </c>
       <c r="E280" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F280" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -31197,51 +31189,51 @@
         </is>
       </c>
       <c r="J280" s="4" t="inlineStr">
         <is>
           <t>смт Тошківка, Попаснянський район, Луганська область</t>
         </is>
       </c>
       <c r="K280" s="4" t="inlineStr">
         <is>
           <t>квартал Миколи Цуприка, 5б</t>
         </is>
       </c>
       <c r="L280" s="6" t="inlineStr">
         <is>
           <t>UA44120010050088526</t>
         </is>
       </c>
       <c r="M280" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сіверськодонецький р-н, с-ще Тошківка</t>
         </is>
       </c>
       <c r="N280" s="7"/>
       <c r="O280" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Гірської міської військово-цивільної адміністрації Сєвєродонецького району Луганської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Гірської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
       <c r="P280" s="4" t="inlineStr">
         <is>
           <t>(050)1802766</t>
         </is>
       </c>
       <c r="Q280" s="4"/>
       <c r="R280" s="4" t="inlineStr">
         <is>
           <t>toshkivka_school-22@ukr.net</t>
         </is>
       </c>
       <c r="S280" s="4" t="inlineStr">
         <is>
           <t>https://toshkivkaschool-22.wixsite.com/nvk-znz-dnz/pro-nas</t>
         </is>
       </c>
       <c r="T280" s="4" t="inlineStr">
         <is>
           <t>Директор Черкасс Володимир Михайлович</t>
         </is>
       </c>
       <c r="U280" s="6" t="inlineStr">
         <is>
@@ -31294,78 +31286,78 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G281" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H281" s="6" t="inlineStr">
         <is>
           <t>4425455100</t>
         </is>
       </c>
       <c r="I281" s="4" t="inlineStr">
         <is>
           <t>Луганська область</t>
         </is>
       </c>
       <c r="J281" s="4" t="inlineStr">
         <is>
           <t>смт Троїцьке, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K281" s="4" t="inlineStr">
         <is>
-          <t>вулиця Маяковського, 20А</t>
+          <t>вулиця Музейна, 20А</t>
         </is>
       </c>
       <c r="L281" s="6" t="inlineStr">
         <is>
           <t>UA44100130010040850</t>
         </is>
       </c>
       <c r="M281" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с-ще Троїцьке</t>
         </is>
       </c>
       <c r="N281" s="7"/>
       <c r="O281" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P281" s="4" t="inlineStr">
         <is>
           <t>(06456)2-32-35</t>
         </is>
       </c>
       <c r="Q281" s="4"/>
       <c r="R281" s="4" t="inlineStr">
         <is>
-          <t>troitsklyceum@gmail.com</t>
+          <t>lyceum_p@troicka-gromada.gov.ua</t>
         </is>
       </c>
       <c r="S281" s="4"/>
       <c r="T281" s="4" t="inlineStr">
         <is>
           <t>Директор Меніна Галина Михайлівна</t>
         </is>
       </c>
       <c r="U281" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X281" s="6" t="inlineStr">
         <is>
@@ -31419,51 +31411,51 @@
         </is>
       </c>
       <c r="J282" s="4" t="inlineStr">
         <is>
           <t>смт Троїцьке, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K282" s="4" t="inlineStr">
         <is>
           <t>провулок Шкільний, 17-А</t>
         </is>
       </c>
       <c r="L282" s="6" t="inlineStr">
         <is>
           <t>UA44100130010040850</t>
         </is>
       </c>
       <c r="M282" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с-ще Троїцьке</t>
         </is>
       </c>
       <c r="N282" s="7"/>
       <c r="O282" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P282" s="4" t="inlineStr">
         <is>
           <t>(06456)24105</t>
         </is>
       </c>
       <c r="Q282" s="4"/>
       <c r="R282" s="4" t="inlineStr">
         <is>
           <t>shkolatr@ukr.net</t>
         </is>
       </c>
       <c r="S282" s="4"/>
       <c r="T282" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Іванова Анастасія Володимирівна</t>
         </is>
       </c>
       <c r="U282" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V282" s="6" t="inlineStr">
@@ -31528,51 +31520,51 @@
         </is>
       </c>
       <c r="J283" s="4" t="inlineStr">
         <is>
           <t>смт Троїцьке, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K283" s="4" t="inlineStr">
         <is>
           <t>вулиця Пушкіна, 107</t>
         </is>
       </c>
       <c r="L283" s="6" t="inlineStr">
         <is>
           <t>UA44100130010040850</t>
         </is>
       </c>
       <c r="M283" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с-ще Троїцьке</t>
         </is>
       </c>
       <c r="N283" s="7"/>
       <c r="O283" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P283" s="4" t="inlineStr">
         <is>
           <t>(066)1138154</t>
         </is>
       </c>
       <c r="Q283" s="4"/>
       <c r="R283" s="4" t="inlineStr">
         <is>
           <t>shkolazuganovka@gmail.com</t>
         </is>
       </c>
       <c r="S283" s="4"/>
       <c r="T283" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Ляхова Неля Григоріївна</t>
         </is>
       </c>
       <c r="U283" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V283" s="6" t="inlineStr">
@@ -33591,51 +33583,51 @@
         </is>
       </c>
       <c r="J302" s="4" t="inlineStr">
         <is>
           <t>с. Ями, Троїцький район, Луганська область</t>
         </is>
       </c>
       <c r="K302" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 31</t>
         </is>
       </c>
       <c r="L302" s="6" t="inlineStr">
         <is>
           <t>UA44100130460017736</t>
         </is>
       </c>
       <c r="M302" s="4" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с. Ями</t>
         </is>
       </c>
       <c r="N302" s="7"/>
       <c r="O302" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
       <c r="P302" s="4" t="inlineStr">
         <is>
           <t>(06456)95158</t>
         </is>
       </c>
       <c r="Q302" s="4"/>
       <c r="R302" s="4" t="inlineStr">
         <is>
           <t>yamenskaya@ukr.net</t>
         </is>
       </c>
       <c r="S302" s="4"/>
       <c r="T302" s="4" t="inlineStr">
         <is>
           <t>Директор Дрокіна Людмила Олексіївна</t>
         </is>
       </c>
       <c r="U302" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V302" s="6" t="inlineStr">