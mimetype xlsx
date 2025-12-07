--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Спортивна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35040330090048711</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Інгульське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді та спорту Устинівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(097)9478823</t>
+          <t>(066)1685536</t>
         </is>
       </c>
       <c r="Q2" s="4" t="inlineStr">
         <is>
           <t>(05239)36187</t>
         </is>
       </c>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>ingulskas@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Кондрашова Ольга Михайлівна</t>
+          <t>Директор Дорошенко Олександр Валерійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>