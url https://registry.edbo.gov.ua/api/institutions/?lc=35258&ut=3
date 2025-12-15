--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -497,67 +497,67 @@
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Спортивна, 1</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA35040330090048711</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Інгульське</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді та спорту Устинівської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(097)9478823</t>
+          <t>(066)1685536</t>
         </is>
       </c>
       <c r="Q3" s="4" t="inlineStr">
         <is>
           <t>(05239)36187</t>
         </is>
       </c>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>ingulskas@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Кондрашова Ольга Михайлівна</t>
+          <t>Директор Дорошенко Олександр Валерійович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
@@ -731,51 +731,51 @@
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Криничуватка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді та спорту Устинівської селищної ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(096)4748582</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>krynychuvatskaschool@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Василюк Жанна Олександрівна</t>
+          <t>Завідувач філією Переведенцев Олександр Юрійович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
@@ -949,51 +949,51 @@
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Новоігорівка</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді та спорту Устинівської селищної ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(05239)2-41-40, (095)9159778</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>777-5@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t> Шапошнікова Алла Анатоліївна</t>
+          <t>Директор Шапошнікова Алла Анатоліївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">