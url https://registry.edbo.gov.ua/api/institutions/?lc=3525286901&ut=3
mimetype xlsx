--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -388,60 +388,64 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>провулок Шкільний, 9-а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35080170090034627</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с. Павлівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ ТА СПОРТУ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СВІТЛОВОДСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(067)2365231</t>
+          <t>(096)0875116</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>schkola_pavlovka@ukr.net</t>
         </is>
       </c>
-      <c r="S2" s="4"/>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>http://pavlivka-nvo.kr.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Горєва Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>