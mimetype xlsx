--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -332,61 +332,61 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Озерська філія Комунального закладу "Павлівський ліцей "Гранд" Світловодської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>148811</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Озерський НВК КЗ "Павлівське НВО"</t>
+          <t>Озерська філія КЗ "Павлівський ліцей "Гранд"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3525285801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Озера, Світловодський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 35</t>
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35080170070041739</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с. Озера</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ ТА СПОРТУ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СВІТЛОВОДСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05236)51717</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>ozera_nvk@i.ua</t>
+          <t>ozeranvkinf@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Федорус Олена Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>