--- v0 (2025-11-04)
+++ v1 (2026-03-12)
@@ -332,61 +332,61 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Миронівська філія Комунального закладу "Павлівський ліцей "Гранд" Світловодської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>149585</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Миронівська ЗШ І-ІІ ступенів КЗ "Павлівське НВО"</t>
+          <t>Миронівська філія КЗ "Павлівський ліцей "Гранд"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3525284601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Миронівка, Світловодський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Солов'їна, 176</t>