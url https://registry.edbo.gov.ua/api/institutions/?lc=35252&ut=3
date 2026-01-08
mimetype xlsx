--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -445,51 +445,51 @@
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Великоскельовська філія Комунального закладу "Павлівський ліцей "Гранд" Світловодської міської ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>149925</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Великоскельовський НВК КЗ "Павлівське НВО"</t>
+          <t>Великоскельовська філія КЗ "Павлівський ліцей "Гранд"</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>3525280701</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
@@ -1103,61 +1103,61 @@
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Миронівська філія Комунального закладу "Павлівський ліцей "Гранд" Світловодської міської ради</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>149585</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Миронівська ЗШ І-ІІ ступенів КЗ "Павлівське НВО"</t>
+          <t>Миронівська філія КЗ "Павлівський ліцей "Гранд"</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>3525284601</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>с. Миронівка, Світловодський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Солов'їна, 176</t>
@@ -1216,61 +1216,61 @@
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Озерська філія Комунального закладу "Павлівський ліцей "Гранд" Світловодської міської ради</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>148811</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Озерський НВК КЗ "Павлівське НВО"</t>
+          <t>Озерська філія КЗ "Павлівський ліцей "Гранд"</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>3525285801</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>с. Озера, Світловодський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 35</t>
@@ -1278,51 +1278,51 @@
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA35080170070041739</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с. Озера</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ ТА СПОРТУ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СВІТЛОВОДСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(05236)51717</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>ozera_nvk@i.ua</t>
+          <t>ozeranvkinf@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Федорус Олена Миколаївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
@@ -1381,60 +1381,64 @@
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>провулок Шкільний, 9-а</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA35080170090034627</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с. Павлівка</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ ТА СПОРТУ ТЕРИТОРІАЛЬНОЇ ГРОМАДИ СВІТЛОВОДСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(067)2365231</t>
+          <t>(096)0875116</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>schkola_pavlovka@ukr.net</t>
         </is>
       </c>
-      <c r="S11" s="4"/>
+      <c r="S11" s="4" t="inlineStr">
+        <is>
+          <t>http://pavlivka-nvo.kr.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Горєва Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>