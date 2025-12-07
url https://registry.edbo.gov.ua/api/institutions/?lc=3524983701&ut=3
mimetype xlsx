--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3524983701</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Новий Стародуб, Петрівський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Степняка-Кравчинського, 7</t>
+          <t>вулиця Освіти, 7</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35080110240047612</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с. Новий Стародуб</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Петрівської селищної ради Олександрійського району Кіровоградської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(098)8840374</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">