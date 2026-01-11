--- v0 (2025-11-20)
+++ v1 (2026-01-11)
@@ -367,51 +367,51 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3524955100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Петрове, Петрівський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Літвінова, 12 а</t>
+          <t>вулиця Українська, 12 а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35080110010024292</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с-ще Петрове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Петрівської селищної ради Олександрійського району Кіровоградської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(068)0187539</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
@@ -476,51 +476,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>3524955100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Петрове, Петрівський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Літвінова, 18</t>
+          <t>вулиця Українська, 18</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA35080110010024292</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с-ще Петрове</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Петрівської селищної ради Олександрійського району Кіровоградської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(096)9673059</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">