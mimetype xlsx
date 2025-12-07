--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -610,62 +610,62 @@
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Павлівська, 14</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA35060150010035817</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, м. Новоукраїнка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Новоукраїнської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(0525)122950</t>
+          <t>(097)5285582</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>novoukrschool8@i.ua</t>
+          <t>novoukrschool8@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>http://www.novoukrainka-school8.edukit.kr.ua/</t>
+          <t>http://vlada.pp.ua/goto/aHR0cHM6Ly93d3cubnZ1OC5lZHUua3IudWEv/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Доценко Оксана Григорівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>