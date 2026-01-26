--- v1 (2025-12-07)
+++ v2 (2026-01-26)
@@ -621,51 +621,51 @@
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, м. Новоукраїнка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Новоукраїнської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(097)5285582</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>novoukrschool8@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>http://vlada.pp.ua/goto/aHR0cHM6Ly93d3cubnZ1OC5lZHUua3IudWEv/</t>
+          <t>https://www.nvu8.edu.kr.ua/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Доценко Оксана Григорівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -729,54 +729,58 @@
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA35060150010035817</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, м. Новоукраїнка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Новоукраїнської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(05251)22150</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>gymnasium07@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S5" s="4"/>
+          <t>gymnasium07@i.ua</t>
+        </is>
+      </c>
+      <c r="S5" s="4" t="inlineStr">
+        <is>
+          <t>http://novoukrainka-gymnasium7.edukit.kr.ua/</t>
+        </is>
+      </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Тоток Тетяна Василівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -832,62 +836,62 @@
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Миколи Вороного, 169</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA35060150010035817</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, м. Новоукраїнка</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Новоукраїнської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(05251)2-19-78</t>
+          <t>(093)5177607</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>Schozosh3@meta.ua</t>
+          <t>novschool1904@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://novoukrainka-school3.edukit.kr.ua/</t>
+          <t>https://sites.google.com/view/novschool1904</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Чорноморець Любов Костянтинівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>