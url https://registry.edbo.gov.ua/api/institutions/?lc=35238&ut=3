--- v0 (2025-12-30)
+++ v1 (2026-03-30)
@@ -451,51 +451,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Йосипівська гімназія Новомиргородської міської ради Кіровоградської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>146099</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Йосипівська гімназія</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>3523882501</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Йосипівка, Новомиргородський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 58-а</t>