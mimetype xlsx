--- v0 (2025-10-14)
+++ v1 (2026-01-26)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Кам'янецька філія імені заслуженого вчителя України П.Ф. Козуля Ліцею Кам'янецької селищної ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>138970</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Кам'янецька філія ім. П.Ф. Козуля Ліцею Кам'янецької селищної ради</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3523455100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Новгородка, Новгородківський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 199</t>
@@ -455,51 +455,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Кам'янецька філія Ліцею Кам'янецької селищної ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>140661</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Кам'янецька філія Ліцею Кам'янецької селищної ради</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>3523455100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Новгородка, Новгородківський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Квітнева, 74</t>
@@ -513,51 +513,51 @@
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с-ще Кам’янець</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Сектор освіти Кам’янецької селищної ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05241)20376</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>www.n-shkola3@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Лісняк Аліна Сергіївна</t>
+          <t>Завідувач філією Кімак Каріна Олегівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">