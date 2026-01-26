--- v0 (2025-10-14)
+++ v1 (2026-01-26)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Мар'янівка, Маловисківський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>проспект Шатного, 28</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35060110070081141</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, с. Мар’янівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Мар'янівської сільської ради Новоукраїнського району Кіровоградської області</t>
+          <t>Відділ освіти Великовисківської сільської ради Новоукраїнського району Кіровоградської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05258)54553</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>mar_zsh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://mar-zsh.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Бєлошевська Дар'я Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>