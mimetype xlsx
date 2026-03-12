--- v1 (2026-01-26)
+++ v2 (2026-03-12)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Мар'янівський ліцей імені Віктора Погрібного Мар'янівської сільської ради Новоукраїнського району Кіровоградської області</t>
+          <t>Мар'янівський ліцей імені Віктора Погрібного Великовисківської сільської ради Новоукраїнського району Кіровоградської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135023</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Мар'янівський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>