--- v0 (2025-12-25)
+++ v1 (2026-03-26)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Великовисківський ліцей Мар'янівської сільської ради Новоукраїнського району Кіровоградської області</t>
+          <t>Великовисківський ліцей Великовисківської сільської ради Новоукраїнського району Кіровоградської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135673</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Великовисківський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Велика Виска, Маловисківський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>провулок Шкільний, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35060110010026105</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, с. Велика Виска</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Мар'янівської сільської ради Новоукраїнського району Кіровоградської області</t>
+          <t>Відділ освіти Великовисківської сільської ради Новоукраїнського району Кіровоградської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05258)43168</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>vviska@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://oipanov5224.blogspot.com/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Карачінський Артем Анатолійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -1336,51 +1336,51 @@
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Мар'янівський ліцей імені Віктора Погрібного Мар'янівської сільської ради Новоукраїнського району Кіровоградської області</t>
+          <t>Мар'янівський ліцей імені Віктора Погрібного Великовисківської сільської ради Новоукраїнського району Кіровоградської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>135023</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>Мар'янівський ліцей</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -1400,51 +1400,51 @@
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>с. Мар'янівка, Маловисківський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>проспект Шатного, 28</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA35060110070081141</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, с. Мар’янівка</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Мар'янівської сільської ради Новоукраїнського району Кіровоградської області</t>
+          <t>Відділ освіти Великовисківської сільської ради Новоукраїнського району Кіровоградської області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(05258)54553</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>mar_zsh@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>https://mar-zsh.e-schools.info/</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Бєлошевська Дар'я Миколаївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
@@ -1562,51 +1562,51 @@
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Оникіївський ліцей Мар'янівської сільської ради Новоукраїнського району Кіровоградської області</t>
+          <t>Оникіївський ліцей Великовисківської сільської ради Новоукраїнського району Кіровоградської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>135807</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>Оникіївський ліцей</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -1626,51 +1626,51 @@
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>с. Оникієве, Маловисківський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 1</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA35060110130051077</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, с. Оникієве</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Мар'янівської сільської ради Новоукраїнського району Кіровоградської області</t>
+          <t>Відділ освіти Великовисківської сільської ради Новоукраїнського району Кіровоградської області</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(068)2626526</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>onik-mv@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
           <t>onikschool.blogspot.com</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Директор Прилипко Людмила Вікторівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>