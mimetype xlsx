--- v0 (2025-10-27)
+++ v1 (2026-03-12)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3522855100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Компаніївка, Компаніївський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лугова, 67</t>
+          <t>вулиця Лугова, 81</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35040190010033573</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с-ще Компаніївка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Комунальна установа "Центр моніторингу та аналізу діяльності закладів освіти" Компаніївської селищної ради Кропивницького району Кіровоградської області; скорочена назва: КУ "ЦМАДЗО"</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(068)6853506</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">