--- v0 (2025-10-19)
+++ v1 (2026-03-12)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3522586601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Первозванівка, Кіровоградський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 2-А</t>
+          <t>вулиця Героїв України, 2А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35040270010043668</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Первозванівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту, культури та туризму виконавчого комітету Первозванівської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0522)316171</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">