--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Калинівська філія Первозванівського ліцею Первозванівської сільської ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>151138</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Калинівська філія Первозванівського ліцею</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3522583601</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Калинівка, Кіровоградський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Степова, 8</t>
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Калинівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту, культури та туризму виконавчого комітету Первозванівської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0522)313932</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kalinivska_school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Спиридонова Оксана Володимирівна</t>
+          <t>Завідувач філією Спиридонова Оксана Валентинівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>