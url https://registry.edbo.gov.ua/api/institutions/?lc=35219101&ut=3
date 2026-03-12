--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -509,51 +509,51 @@
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, м. Долинська</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Долинської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05234)51606</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>shkola_d1@i.ua</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Полянцева Анастасія Сергіївна</t>
+          <t>В.о. директора Соляник Альона Сергіївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">