--- v0 (2025-10-14)
+++ v1 (2026-01-26)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3521785301</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Піщаний Брід, Добровеличківський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Поповича, 23</t>
+          <t>вулиця Героїв України, 23</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35060170010049604</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, с. Піщаний Брід</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Піщанобрідської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05253)25575</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">