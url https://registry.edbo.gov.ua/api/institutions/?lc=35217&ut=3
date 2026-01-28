--- v0 (2025-11-01)
+++ v1 (2026-01-28)
@@ -1469,51 +1469,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>3521785301</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>с. Піщаний Брід, Добровеличківський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Поповича, 23</t>
+          <t>вулиця Героїв України, 23</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA35060170010049604</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, с. Піщаний Брід</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Піщанобрідської сільської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(05253)25575</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">