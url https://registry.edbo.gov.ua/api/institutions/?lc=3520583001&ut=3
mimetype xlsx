--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -367,51 +367,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3520583001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Івангород, Олександрівський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Шкільна, 1а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35040250170057768</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Івангород</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Олександрівської селищної ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05242)94340</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">