--- v0 (2025-10-14)
+++ v1 (2026-03-12)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Голикове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Олександрівської селищної ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05242)93340</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Holikovo_school@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Макаренко Ніна Юріївна</t>
+          <t>Завідувач філією Демченко Ольга Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>