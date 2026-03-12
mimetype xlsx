--- v0 (2025-10-20)
+++ v1 (2026-03-12)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35040250020088455</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с-ще Гайдамацьке</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Олександрівської селищної ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05242)90340</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>EgradkovkaSh@i.ua</t>
+          <t>egradkovkash@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://yelyzavetgradka-school.edukit.kr.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Ніколайченко Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>