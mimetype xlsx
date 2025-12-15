--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -480,51 +480,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>3520580501</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Бовтишка, Олександрівський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Раєвського, 10</t>
+          <t>вулиця Шкільна, 10</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA35040250080030499</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Бовтишка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Олександрівської селищної ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05242)61340</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
@@ -731,51 +731,51 @@
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Голикове</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Олександрівської селищної ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(05242)93340</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>Holikovo_school@i.ua</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Макаренко Ніна Юріївна</t>
+          <t>Завідувач філією Демченко Ольга Вікторівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
@@ -834,51 +834,51 @@
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA35040250020088455</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с-ще Гайдамацьке</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Олександрівської селищної ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(05242)90340</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>EgradkovkaSh@i.ua</t>
+          <t>egradkovkash@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://yelyzavetgradka-school.edukit.kr.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Ніколайченко Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -920,51 +920,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>3520583001</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с. Івангород, Олександрівський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Шкільна, 1а</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA35040250170057768</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Івангород</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Олександрівської селищної ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(05242)94340</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
@@ -2289,51 +2289,51 @@
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Кропивницький р-н, с. Родниківка</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Олександрівської селищної ради Кропивницького району Кіровоградської області</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(05242)76-3-54</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>Gladko.liliya@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Ковальчук Ніна Василівна</t>
+          <t>Завідувач філією Гладько Лілія Володимирівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">