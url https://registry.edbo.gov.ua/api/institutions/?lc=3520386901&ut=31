--- v0 (2025-10-22)
+++ v1 (2026-02-14)
@@ -388,63 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Романовського, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35080130270077699</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с. Червона Кам’янка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Попельнастівської сільської ради Олександрійского району Кіровоградської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)8562411</t>
+          <t>(097)8516988</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
-      <c r="R2" s="4"/>
+      <c r="R2" s="4" t="inlineStr">
+        <is>
+          <t>sadok_malyatko@ukr.net</t>
+        </is>
+      </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://cher-kamianka-dnz.kr.sch.in.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Шаповал Любов Володимирівна</t>
+          <t>Директор Караповська Анна Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>