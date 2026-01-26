--- v0 (2025-10-14)
+++ v1 (2026-01-26)
@@ -398,51 +398,51 @@
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с. Попельнасте</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Попельнастівської сільської ради Олександрійского району Кіровоградської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05235)67675</t>
         </is>
       </c>
       <c r="Q2" s="4" t="inlineStr">
         <is>
           <t>(05235)67675</t>
         </is>
       </c>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>popelnaste@ex.ua</t>
+          <t>popelnastescholl@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Наврось Володимир Олексійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>