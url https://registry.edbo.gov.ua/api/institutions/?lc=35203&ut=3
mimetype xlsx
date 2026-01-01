--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -1998,51 +1998,51 @@
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с. Попельнасте</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Попельнастівської сільської ради Олександрійского району Кіровоградської області</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(05235)67675</t>
         </is>
       </c>
       <c r="Q16" s="4" t="inlineStr">
         <is>
           <t>(05235)67675</t>
         </is>
       </c>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>popelnaste@ex.ua</t>
+          <t>popelnastescholl@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
           <t>Директор Наврось Володимир Олексійович</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
@@ -2770,51 +2770,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>3520386701</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>с. Щасливе, Олександрійський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 21 -А</t>
+          <t>вулиця Центральна, 15 -А</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA35080130290073125</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с. Щасливе</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Попельнастівської сільської ради Олександрійского району Кіровоградської області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
           <t>(05235)6-41-42</t>
         </is>
       </c>
       <c r="Q23" s="4" t="inlineStr">
         <is>