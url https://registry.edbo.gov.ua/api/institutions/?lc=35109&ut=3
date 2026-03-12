--- v0 (2025-11-04)
+++ v1 (2026-03-12)
@@ -1068,51 +1068,51 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Кіровоградської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(05236)24215</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>internat-skola1@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://internatzir.klasna.com/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткач Антоніна Антонівна</t>
+          <t>Директор Лєтнікова Оксана Федорівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y8" s="5" t="n">
         <v>150</v>
       </c>