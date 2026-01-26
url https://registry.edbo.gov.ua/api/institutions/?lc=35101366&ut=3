--- v0 (2025-10-14)
+++ v1 (2026-01-26)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3510136600</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Кропивницький, Кіровоградська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Новгородська, 41</t>
+          <t>вулиця Охтирська, 41</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA35040210010145346</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., м. Кропивницький</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Кропивницької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0522)240260</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">