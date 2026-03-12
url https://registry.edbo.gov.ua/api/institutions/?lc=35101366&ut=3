--- v1 (2026-01-26)
+++ v2 (2026-03-12)
@@ -1748,51 +1748,51 @@
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Кропивницької міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(0522)225610, (0522)224980</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>school_24_oberig@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
           <t>http://nvo_school24.klasna.com/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Садовенко Тетяна Сергіївна</t>
+          <t>В.о. директора Шиян Людмила Вікторівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">