--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -1216,86 +1216,86 @@
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>КОМУНАЛЬНИЙ ЗАКЛАД "ЛЕЛЕКІВСЬКА ГІМНАЗІЯ КРОПИВНИЦЬКОЇ МІСЬКОЇ РАДИ"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>151188</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>КЗ ЛЕЛЕКІВСЬКА ГІМНАЗІЯ</t>
+          <t>КЗ "ЛЕЛЕКІВСЬКА ГІМНАЗІЯ КМР"</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>3510136300</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Кропивницький, Кіровоградська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Казанська, 13</t>
+          <t>вулиця Леся Курбаса, 13</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA35040210010286392</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., м. Кропивницький</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Кропивницької міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(0522)374984</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">