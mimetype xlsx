--- v0 (2025-10-21)
+++ v1 (2026-02-14)
@@ -40735,63 +40735,67 @@
         </is>
       </c>
       <c r="K391" s="4" t="inlineStr">
         <is>
           <t>вулиця Романовського, 2</t>
         </is>
       </c>
       <c r="L391" s="6" t="inlineStr">
         <is>
           <t>UA35080130270077699</t>
         </is>
       </c>
       <c r="M391" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с. Червона Кам’янка</t>
         </is>
       </c>
       <c r="N391" s="7"/>
       <c r="O391" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Попельнастівської сільської ради Олександрійского району Кіровоградської області</t>
         </is>
       </c>
       <c r="P391" s="4" t="inlineStr">
         <is>
-          <t>(096)8562411</t>
+          <t>(097)8516988</t>
         </is>
       </c>
       <c r="Q391" s="4"/>
-      <c r="R391" s="4"/>
+      <c r="R391" s="4" t="inlineStr">
+        <is>
+          <t>sadok_malyatko@ukr.net</t>
+        </is>
+      </c>
       <c r="S391" s="4" t="inlineStr">
         <is>
           <t>http://cher-kamianka-dnz.kr.sch.in.ua/</t>
         </is>
       </c>
       <c r="T391" s="4" t="inlineStr">
         <is>
-          <t>Директор Шаповал Любов Володимирівна</t>
+          <t>Директор Караповська Анна Вікторівна</t>
         </is>
       </c>
       <c r="U391" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V391" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W391" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X391" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y391" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="392">
@@ -41017,51 +41021,51 @@
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G394" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H394" s="6" t="inlineStr">
         <is>
           <t>3524985901</t>
         </is>
       </c>
       <c r="I394" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
       <c r="J394" s="4" t="inlineStr">
         <is>
           <t>с. Червонокостянтинівка, Петрівський район, Кіровоградська область</t>
         </is>
       </c>
       <c r="K394" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 2</t>
+          <t>вулиця Перемоги, 2-А</t>
         </is>
       </c>
       <c r="L394" s="6" t="inlineStr">
         <is>
           <t>UA35080110370096793</t>
         </is>
       </c>
       <c r="M394" s="4" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Олександрійський р-н, с. Червонокостянтинівка</t>
         </is>
       </c>
       <c r="N394" s="7"/>
       <c r="O394" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Петрівської селищної ради Олександрійського району Кіровоградської області</t>
         </is>
       </c>
       <c r="P394" s="4" t="inlineStr">
         <is>
           <t>(067)9142807</t>
         </is>
       </c>
       <c r="Q394" s="4"/>
       <c r="R394" s="4" t="inlineStr">