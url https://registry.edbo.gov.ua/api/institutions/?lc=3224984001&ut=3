--- v0 (2025-11-03)
+++ v1 (2026-02-01)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Малополовецька початкова школа, філія Опорного закладу освіти Кожанського ліцею – гімназії з початковою школою та дошкільним відділенням Кожанської селищної ради Фастівського району Київської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>146974</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Малополовецька початкова школа, філія ОЗО Кожанського ліцею – гімназії з початковою школою та дошкільним відділенням</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3224984001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Малополовецьке, Фастівський район, Київська область</t>