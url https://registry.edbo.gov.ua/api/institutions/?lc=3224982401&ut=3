--- v0 (2025-10-24)
+++ v1 (2026-02-21)
@@ -388,67 +388,63 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32140130080071439</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Фастівський р-н, с. Дідівщина</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді, спорту та туризму Томашівської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(04565)45330</t>
+          <t>(066)6457915</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>didivshchina@ukr.net</t>
         </is>
       </c>
-      <c r="S2" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Джура Надія Олександрівна</t>
+          <t>Директор Потопа Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>