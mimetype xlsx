--- v0 (2025-12-12)
+++ v1 (2026-02-21)
@@ -480,51 +480,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>3224955600</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Кожанка, Фастівський район, Київська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 171</t>
+          <t>вулиця Шевченка, 173</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA32140110010028813</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Фастівський р-н, с-ще Кожанка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді і спорту Кожанської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(04565)43712</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">