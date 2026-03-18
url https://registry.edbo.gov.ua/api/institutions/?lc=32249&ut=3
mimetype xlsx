--- v0 (2025-12-15)
+++ v1 (2026-03-18)
@@ -953,67 +953,63 @@
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 2</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA32140130080071439</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Фастівський р-н, с. Дідівщина</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді, спорту та туризму Томашівської сільської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(04565)45330</t>
+          <t>(066)6457915</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>didivshchina@ukr.net</t>
         </is>
       </c>
-      <c r="S7" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Джура Надія Олександрівна</t>
+          <t>Директор Потопа Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
@@ -1271,51 +1267,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>3224955600</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>смт Кожанка, Фастівський район, Київська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 171</t>
+          <t>вулиця Шевченка, 173</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA32140110010028813</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Фастівський р-н, с-ще Кожанка</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді і спорту Кожанської селищної ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(04565)43712</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
@@ -1806,51 +1802,51 @@
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Оленівська гімназія Фастівської міської ради Київської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>147387</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>Оленівська гімназія</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>3224984801</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>с. Оленівка, Фастівський район, Київська область</t>