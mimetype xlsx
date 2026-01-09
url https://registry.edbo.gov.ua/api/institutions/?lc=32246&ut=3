--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -2297,51 +2297,51 @@
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Тетіївської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(04460)6-26-03</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>zoch_3@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
           <t>http://www.tetiiv-zosh3.kiev.sch.in.ua</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Музичук Тетяна Павлівна</t>
+          <t>В.о. директора Загаєцька Оксана Вікторівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">