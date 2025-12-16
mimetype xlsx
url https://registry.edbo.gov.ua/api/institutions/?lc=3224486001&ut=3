--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3224486001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Салиха, Таращанський район, Київська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сергієва, 6</t>
+          <t>вулиця Михайлівська, 6</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32020190280040496</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Білоцерківський р-н, с. Салиха</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Таращанської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04566)22-3-18</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">