--- v0 (2025-10-19)
+++ v1 (2025-12-15)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>3224485201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Київська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Ріжки, Таращанський район, Київська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 12</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32020190270049758</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Білоцерківський р-н, с. Ріжки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Таращанської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04566)25-3-24</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">