--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA32020190180064038</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Київська обл., Білоцерківський р-н, с. Лісовичі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Таращанської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04566)33-4-73</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>pcclasslis@gmail.com</t>
+          <t>llisovickagimnazia@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/lzoshorg</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Баляс Анна Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>